--- v0 (2026-01-22)
+++ v1 (2026-02-13)
@@ -20,128 +20,141 @@
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet17.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://undp.sharepoint.com/teams/MDA/operations/eProcureme/Procurement processes/2025/Competitive/ITB25_03170_GT_Strengthening AQM Infrastructure/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://undp.sharepoint.com/sites/EECC/Shared Documents/General/1.Ongoing Projects/9. Green Transition _EUD/9. Procurement/COMPONENT 3/Output 3.4.1/ITB25_03170-AQ MS/Amendment 2/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="3" documentId="13_ncr:1_{B68042BE-3F87-462E-A4E2-79D27717FA24}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{5B1A3FB9-9C54-466A-83DD-9AF8EC0CB744}"/>
+  <xr:revisionPtr revIDLastSave="210" documentId="8_{5EA30CB8-7583-4A0F-885F-41591DEA58F1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{33FCFDF6-A71F-4142-AF17-B9163913AD18}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="771" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Price Schedule" sheetId="18" r:id="rId1"/>
     <sheet name="1. AQMS Edinet" sheetId="2" r:id="rId2"/>
     <sheet name="2. AQMS Balti" sheetId="3" r:id="rId3"/>
     <sheet name="3. AQMS Balti" sheetId="4" r:id="rId4"/>
     <sheet name="4. AQMS Cahul" sheetId="5" r:id="rId5"/>
     <sheet name="5. AQMS Leova" sheetId="6" r:id="rId6"/>
     <sheet name="6. AQMS Ghidighici" sheetId="7" r:id="rId7"/>
     <sheet name="7. AQMS Chisinau_Center" sheetId="8" r:id="rId8"/>
     <sheet name="8. AQMS Chisinau_Botanica" sheetId="9" r:id="rId9"/>
     <sheet name="9. AQMS Chisinau_Ciocana" sheetId="10" r:id="rId10"/>
     <sheet name="10. AQMS TBC" sheetId="11" r:id="rId11"/>
     <sheet name="11. AQMS Chisinau _Buiucani" sheetId="12" r:id="rId12"/>
     <sheet name="12. AQMS Mateuti" sheetId="13" r:id="rId13"/>
     <sheet name="ITC necessities" sheetId="14" r:id="rId14"/>
     <sheet name="Complementary devices" sheetId="15" r:id="rId15"/>
     <sheet name="Consumables and spare parts" sheetId="16" r:id="rId16"/>
     <sheet name="Other services" sheetId="17" r:id="rId17"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Price Schedule'!$A$1:$J$45</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="E4" i="16" l="1"/>
+  <c r="E29" i="16" l="1"/>
+  <c r="C26" i="18" s="1"/>
+  <c r="E28" i="16"/>
+  <c r="E27" i="16"/>
+  <c r="E19" i="16"/>
+  <c r="E18" i="16"/>
+  <c r="E26" i="16"/>
+  <c r="E33" i="8"/>
+  <c r="E38" i="6"/>
+  <c r="E31" i="4"/>
+  <c r="E22" i="8"/>
+  <c r="E27" i="6"/>
+  <c r="E26" i="6"/>
+  <c r="E25" i="6"/>
+  <c r="E24" i="6"/>
+  <c r="E20" i="4"/>
+  <c r="E4" i="16"/>
   <c r="E5" i="16"/>
   <c r="E6" i="16"/>
   <c r="E7" i="16"/>
   <c r="E8" i="16"/>
   <c r="E9" i="16"/>
-  <c r="E25" i="16" s="1"/>
-  <c r="C26" i="18" s="1"/>
   <c r="E10" i="16"/>
   <c r="E11" i="16"/>
   <c r="E12" i="16"/>
   <c r="E13" i="16"/>
   <c r="E14" i="16"/>
   <c r="E15" i="16"/>
   <c r="E16" i="16"/>
   <c r="E17" i="16"/>
-  <c r="E18" i="16"/>
-  <c r="E19" i="16"/>
   <c r="E20" i="16"/>
   <c r="E21" i="16"/>
   <c r="E22" i="16"/>
   <c r="E23" i="16"/>
   <c r="E24" i="16"/>
+  <c r="E25" i="16"/>
   <c r="E3" i="16"/>
   <c r="E4" i="15"/>
   <c r="E7" i="15" s="1"/>
   <c r="C25" i="18" s="1"/>
   <c r="E5" i="15"/>
   <c r="E6" i="15"/>
   <c r="E3" i="15"/>
   <c r="E4" i="14"/>
   <c r="E8" i="14" s="1"/>
   <c r="C24" i="18" s="1"/>
   <c r="E5" i="14"/>
   <c r="E6" i="14"/>
   <c r="E7" i="14"/>
   <c r="E3" i="14"/>
   <c r="E27" i="13"/>
   <c r="E28" i="13"/>
   <c r="E29" i="13"/>
   <c r="E26" i="13"/>
   <c r="E23" i="13"/>
   <c r="E24" i="13"/>
   <c r="E22" i="13"/>
   <c r="E14" i="13"/>
   <c r="E15" i="13"/>
   <c r="E16" i="13"/>
   <c r="E17" i="13"/>
@@ -211,162 +224,162 @@
   <c r="E12" i="10"/>
   <c r="E13" i="10"/>
   <c r="E4" i="10"/>
   <c r="E26" i="9"/>
   <c r="E27" i="9"/>
   <c r="E28" i="9"/>
   <c r="E25" i="9"/>
   <c r="E22" i="9"/>
   <c r="E23" i="9"/>
   <c r="E21" i="9"/>
   <c r="E16" i="9"/>
   <c r="E17" i="9"/>
   <c r="E18" i="9"/>
   <c r="E19" i="9"/>
   <c r="E15" i="9"/>
   <c r="E5" i="9"/>
   <c r="E6" i="9"/>
   <c r="E7" i="9"/>
   <c r="E8" i="9"/>
   <c r="E9" i="9"/>
   <c r="E10" i="9"/>
   <c r="E11" i="9"/>
   <c r="E12" i="9"/>
   <c r="E13" i="9"/>
   <c r="E4" i="9"/>
-  <c r="E29" i="8"/>
   <c r="E30" i="8"/>
   <c r="E31" i="8"/>
-  <c r="E28" i="8"/>
+  <c r="E32" i="8"/>
+  <c r="E29" i="8"/>
+  <c r="E26" i="8"/>
+  <c r="E27" i="8"/>
   <c r="E25" i="8"/>
-  <c r="E26" i="8"/>
-  <c r="E24" i="8"/>
   <c r="E16" i="8"/>
   <c r="E17" i="8"/>
   <c r="E18" i="8"/>
   <c r="E19" i="8"/>
   <c r="E20" i="8"/>
   <c r="E21" i="8"/>
-  <c r="E22" i="8"/>
+  <c r="E23" i="8"/>
   <c r="E15" i="8"/>
   <c r="E5" i="8"/>
   <c r="E6" i="8"/>
   <c r="E7" i="8"/>
   <c r="E8" i="8"/>
   <c r="E9" i="8"/>
   <c r="E10" i="8"/>
   <c r="E11" i="8"/>
   <c r="E12" i="8"/>
   <c r="E13" i="8"/>
   <c r="E4" i="8"/>
   <c r="E27" i="7"/>
   <c r="E28" i="7"/>
   <c r="E29" i="7"/>
   <c r="E26" i="7"/>
   <c r="E23" i="7"/>
   <c r="E24" i="7"/>
   <c r="E22" i="7"/>
   <c r="E16" i="7"/>
   <c r="E17" i="7"/>
   <c r="E18" i="7"/>
   <c r="E19" i="7"/>
   <c r="E20" i="7"/>
   <c r="E15" i="7"/>
   <c r="E5" i="7"/>
   <c r="E6" i="7"/>
   <c r="E7" i="7"/>
   <c r="E8" i="7"/>
   <c r="E9" i="7"/>
   <c r="E10" i="7"/>
   <c r="E11" i="7"/>
   <c r="E12" i="7"/>
   <c r="E13" i="7"/>
   <c r="E4" i="7"/>
+  <c r="E35" i="6"/>
+  <c r="E36" i="6"/>
+  <c r="E37" i="6"/>
+  <c r="E34" i="6"/>
   <c r="E31" i="6"/>
   <c r="E32" i="6"/>
-  <c r="E33" i="6"/>
   <c r="E30" i="6"/>
-  <c r="E27" i="6"/>
-[...1 lines deleted...]
-  <c r="E26" i="6"/>
   <c r="E5" i="6"/>
   <c r="E6" i="6"/>
   <c r="E7" i="6"/>
   <c r="E8" i="6"/>
   <c r="E9" i="6"/>
   <c r="E10" i="6"/>
   <c r="E11" i="6"/>
   <c r="E12" i="6"/>
   <c r="E14" i="6"/>
   <c r="E15" i="6"/>
   <c r="E16" i="6"/>
   <c r="E17" i="6"/>
   <c r="E18" i="6"/>
   <c r="E19" i="6"/>
   <c r="E20" i="6"/>
   <c r="E21" i="6"/>
   <c r="E22" i="6"/>
   <c r="E23" i="6"/>
-  <c r="E24" i="6"/>
+  <c r="E28" i="6"/>
   <c r="E4" i="6"/>
   <c r="E29" i="5"/>
   <c r="E30" i="5"/>
   <c r="E31" i="5"/>
   <c r="E28" i="5"/>
   <c r="E25" i="5"/>
   <c r="E26" i="5"/>
   <c r="E24" i="5"/>
   <c r="E16" i="5"/>
   <c r="E17" i="5"/>
   <c r="E18" i="5"/>
   <c r="E19" i="5"/>
   <c r="E20" i="5"/>
   <c r="E21" i="5"/>
   <c r="E22" i="5"/>
   <c r="E15" i="5"/>
   <c r="E5" i="5"/>
   <c r="E6" i="5"/>
   <c r="E7" i="5"/>
   <c r="E8" i="5"/>
   <c r="E9" i="5"/>
   <c r="E10" i="5"/>
   <c r="E11" i="5"/>
   <c r="E12" i="5"/>
   <c r="E13" i="5"/>
   <c r="E4" i="5"/>
-  <c r="E27" i="4"/>
   <c r="E28" i="4"/>
   <c r="E29" i="4"/>
-  <c r="E26" i="4"/>
+  <c r="E30" i="4"/>
+  <c r="E27" i="4"/>
+  <c r="E24" i="4"/>
+  <c r="E25" i="4"/>
   <c r="E23" i="4"/>
-  <c r="E24" i="4"/>
-  <c r="E22" i="4"/>
   <c r="E16" i="4"/>
   <c r="E17" i="4"/>
   <c r="E18" i="4"/>
   <c r="E19" i="4"/>
-  <c r="E20" i="4"/>
+  <c r="E21" i="4"/>
   <c r="E15" i="4"/>
   <c r="E5" i="4"/>
   <c r="E6" i="4"/>
   <c r="E7" i="4"/>
   <c r="E8" i="4"/>
   <c r="E9" i="4"/>
   <c r="E10" i="4"/>
   <c r="E11" i="4"/>
   <c r="E12" i="4"/>
   <c r="E13" i="4"/>
   <c r="E4" i="4"/>
   <c r="E26" i="3"/>
   <c r="E27" i="3"/>
   <c r="E28" i="3"/>
   <c r="E25" i="3"/>
   <c r="E22" i="3"/>
   <c r="E23" i="3"/>
   <c r="E21" i="3"/>
   <c r="E16" i="3"/>
   <c r="E17" i="3"/>
   <c r="E18" i="3"/>
   <c r="E19" i="3"/>
   <c r="E15" i="3"/>
   <c r="E5" i="3"/>
   <c r="E6" i="3"/>
@@ -399,72 +412,69 @@
   <c r="E9" i="2"/>
   <c r="E10" i="2"/>
   <c r="E11" i="2"/>
   <c r="E12" i="2"/>
   <c r="E13" i="2"/>
   <c r="E4" i="2"/>
   <c r="J20" i="18"/>
   <c r="J19" i="18"/>
   <c r="J18" i="18"/>
   <c r="J17" i="18"/>
   <c r="J16" i="18"/>
   <c r="E12" i="17"/>
   <c r="C27" i="18" s="1"/>
   <c r="J13" i="18"/>
   <c r="J12" i="18"/>
   <c r="E30" i="13" l="1"/>
   <c r="C23" i="18" s="1"/>
   <c r="E17" i="12"/>
   <c r="C22" i="18" s="1"/>
   <c r="E29" i="11"/>
   <c r="C21" i="18" s="1"/>
   <c r="E28" i="10"/>
   <c r="C20" i="18" s="1"/>
   <c r="E29" i="9"/>
   <c r="C19" i="18" s="1"/>
-  <c r="E32" i="8"/>
-  <c r="C18" i="18" s="1"/>
+  <c r="C18" i="18"/>
   <c r="E30" i="7"/>
   <c r="C17" i="18" s="1"/>
-  <c r="E34" i="6"/>
-  <c r="C16" i="18" s="1"/>
+  <c r="C16" i="18"/>
   <c r="E32" i="5"/>
   <c r="C15" i="18" s="1"/>
-  <c r="E30" i="4"/>
-  <c r="C14" i="18" s="1"/>
+  <c r="C14" i="18"/>
   <c r="E29" i="3"/>
   <c r="C13" i="18" s="1"/>
   <c r="E31" i="2"/>
   <c r="C12" i="18" s="1"/>
   <c r="J15" i="18" l="1"/>
   <c r="J21" i="18" s="1"/>
   <c r="C28" i="18"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="802" uniqueCount="196">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="818" uniqueCount="204">
   <si>
     <t>Unit of measure</t>
   </si>
   <si>
     <t>Quantity</t>
   </si>
   <si>
     <t>Total per position</t>
   </si>
   <si>
     <t>piece</t>
   </si>
   <si>
     <t>set</t>
   </si>
   <si>
     <t>Installation works</t>
   </si>
   <si>
     <t>Transport</t>
   </si>
   <si>
     <t>Other, if applicable</t>
   </si>
   <si>
@@ -1131,65 +1141,50 @@
   <si>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Pump rebuild kit (diaphgrams etc.)</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> UV lamp</t>
     </r>
   </si>
   <si>
-    <r>
-[...13 lines deleted...]
-  <si>
     <t>Other services</t>
   </si>
   <si>
     <t xml:space="preserve">Total per Consumables/Spare parts </t>
   </si>
   <si>
     <t>piece/set</t>
   </si>
   <si>
     <t>Uninterruptible Power Supply *</t>
   </si>
   <si>
     <t>* The UPS must allow simultaneous connection for all Analyzer equipment, computer and surveyance camera ensuring one reserve outlet for each Analyzer.</t>
   </si>
   <si>
     <t>Data Acquisition hardware (Server)</t>
   </si>
   <si>
     <t xml:space="preserve">Industrial PC </t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Other  </t>
     </r>
     <r>
@@ -1218,51 +1213,51 @@
   <si>
     <t>Network hardware (VPN Router, Ethernet Switch)</t>
   </si>
   <si>
     <t xml:space="preserve">Equipment housing of length 3.0 m, width 2.5 m, height 2.5 m ±10% equiped with the following senzors: Fire alarm sensor, Indoor temperature notification sensorn, Power disconnection notification sensor, Entry door opening alarm sensor. </t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t xml:space="preserve">Equipment housing  of length 3.0 m, width 2.5 m, height 2.5 m ±10% equiped with the following senzors: Fire alarm sensor, Indoor temperature notification sensor, Power disconnection notification sensor, Entry door opening alarm sensor. </t>
   </si>
   <si>
     <t xml:space="preserve">Equipment housing of length 6.0 m, width 2.5 m, height 2.5 m ±10% equiped with the following senzors: Fire alarm sensor, Temperature notification sensor inside the station, Power disconnection notification sensor, Entry door opening alarm sensor.  </t>
   </si>
   <si>
     <t xml:space="preserve">7. AQMS: Location - Chisinau/Center sector, Type of the station - Urban Background </t>
   </si>
   <si>
     <t xml:space="preserve">Equipment housing  3.0 m, width 2.5 m, height 2.5 m ±10%  equiped with the following senzors: Fire alarm sensor, Temperature notification sensor inside the station, Power disconnection notification sensor, Entry door opening alarm sensor. </t>
   </si>
   <si>
     <t>Complementary devices</t>
   </si>
   <si>
-    <t>Form H: Price Schedule</t>
+    <t>ITB25/03170: Strengthening the Air Quality Monitoring Infrastructure in the Republic of Moldova</t>
   </si>
   <si>
     <t>AQMS</t>
   </si>
   <si>
     <t>1. AQMS Edinet</t>
   </si>
   <si>
     <t>2. AQMS Balti</t>
   </si>
   <si>
     <t>3. AQMS Balti</t>
   </si>
   <si>
     <t>4. AQMS Cahul</t>
   </si>
   <si>
     <t>5. AQMS Leova</t>
   </si>
   <si>
     <t>6. AQMS Ghidighici</t>
   </si>
   <si>
     <t>7. AQMS Chisinau Center</t>
   </si>
@@ -1334,50 +1329,53 @@
     </r>
   </si>
   <si>
     <t>As aplicable; to be proposed in line with the Technical Bid.</t>
   </si>
   <si>
     <t>As per Section 5: Schedule of Requirements.</t>
   </si>
   <si>
     <t xml:space="preserve">Total per Other services </t>
   </si>
   <si>
     <t>Name of bidder:</t>
   </si>
   <si>
     <t>Click or tap here to enter text.</t>
   </si>
   <si>
     <t>Date:</t>
   </si>
   <si>
     <t>Click or tap to enter a date.</t>
   </si>
   <si>
     <t>ITB reference:</t>
+  </si>
+  <si>
+    <t>ITB25/03170</t>
   </si>
   <si>
     <t>Bidders shall fill in these Price Schedule Forms in accordance with the instructions indicated. 
 The Price Schedule must include a detailed cost breakdown of all goods and related services to be provided. Separate figures must be provided for each functional grouping or category, if any.
 Any estimates for cost-reimbursable items, such as travel of experts and out-of-pocket expenses, should be listed separately.</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>: _____________________________________________________________</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Signature</t>
   </si>
   <si>
     <t>Table. Prices per AQMS</t>
   </si>
   <si>
@@ -1469,61 +1467,119 @@
       </rPr>
       <t xml:space="preserve">should </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF808080"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">UNDP </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">accept this bid: </t>
     </r>
   </si>
   <si>
-    <t>ITB26/03170</t>
-[...2 lines deleted...]
-    <t>ITB26/03170: Strengthening the Air Quality Monitoring Infrastructure in the Republic of Moldova</t>
+    <t>Sampler for heavy metals on PM10 filters</t>
+  </si>
+  <si>
+    <t>Sampler for cations and anions on PM2.5 filters</t>
+  </si>
+  <si>
+    <t>Sampler for cations and anions on PM10 filters</t>
+  </si>
+  <si>
+    <t>Sampler for polycyclic aromatic hydrocarbons on PM10 filters</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">3 calibration gase cylinders with valve  SO2 (1), NO (1), CO (1) of 10 l each.  The concentration of the gases according to the offered equipment. 
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>1 calibration gase cylinders with valve  SO2 of 10 l. The concentration of the gas according to the offered equipment. Gas cylinder SO2 approx (depends on the offeres equipment) 30 ppm in synthetic .air or nitrogen (full pressure: 150 bar, stability period: minimum 12 months, accuracy: ± 2 % maximum), pressure reducer.</t>
+    </r>
+  </si>
+  <si>
+    <t>1 calibration gase cylinders with valve  NO of 10 l. The concentration of the gas according to the offered equipment. Gas cylinder NO approx.  (depends on the offeres equipment) 30 ppm in synthetic air or nitrogen (full pressure: 150 bar, stability period: minimum 12 months, accuracy: ± 2 % maximum), pressure reducer.</t>
+  </si>
+  <si>
+    <t>1 calibration gase cylinder with valve CO of 10 l .  The concentration of the gases according to the offered equipment. Gas cylinder CO approx.  (depends on the offeres equipment) 500 ppm in synthetic air or nitrogen (full pressure: 150 bar, stability period: minimum 12 months, accuracy: ± 2 % maximum), pressure reducer.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sampling lines (material - teflon) to be changed every 6 months </t>
+  </si>
+  <si>
+    <t>Other (if needed)</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Revised</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> Form H: Price Schedule</t>
+    </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="18" x14ac:knownFonts="1">
+  <fonts count="20" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -1603,50 +1659,66 @@
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF808080"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <strike/>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="12"/>
+      <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="7">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
@@ -1746,51 +1818,51 @@
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="149">
+  <cellXfs count="154">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -1992,137 +2064,153 @@
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
-[...6 lines deleted...]
-      <alignment horizontal="left" wrapText="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="5" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
-[...40 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -2156,53 +2244,50 @@
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="6" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="6" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="6" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet17.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -2455,605 +2540,605 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0148855A-022D-458C-A5E9-4AF9A0AD370A}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:N38"/>
   <sheetViews>
     <sheetView tabSelected="1" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" zoomScalePageLayoutView="83" workbookViewId="0">
-      <selection activeCell="A8" sqref="A8:J8"/>
+      <selection activeCell="Q8" sqref="Q8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="10" customWidth="1"/>
     <col min="2" max="2" width="19.42578125" customWidth="1"/>
     <col min="9" max="9" width="36" customWidth="1"/>
     <col min="10" max="10" width="17.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" ht="39" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="A1" s="111" t="s">
-[...10 lines deleted...]
-      <c r="J1" s="111"/>
+      <c r="A1" s="117" t="s">
+        <v>135</v>
+      </c>
+      <c r="B1" s="117"/>
+      <c r="C1" s="117"/>
+      <c r="D1" s="117"/>
+      <c r="E1" s="117"/>
+      <c r="F1" s="117"/>
+      <c r="G1" s="117"/>
+      <c r="H1" s="117"/>
+      <c r="I1" s="117"/>
+      <c r="J1" s="117"/>
       <c r="K1" s="77"/>
       <c r="L1" s="77"/>
       <c r="M1" s="77"/>
       <c r="N1" s="77"/>
     </row>
     <row r="3" spans="1:14" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A3" s="148" t="s">
-[...10 lines deleted...]
-      <c r="J3" s="148"/>
+      <c r="A3" s="118" t="s">
+        <v>203</v>
+      </c>
+      <c r="B3" s="118"/>
+      <c r="C3" s="118"/>
+      <c r="D3" s="118"/>
+      <c r="E3" s="118"/>
+      <c r="F3" s="118"/>
+      <c r="G3" s="118"/>
+      <c r="H3" s="118"/>
+      <c r="I3" s="118"/>
+      <c r="J3" s="118"/>
       <c r="K3" s="78"/>
       <c r="L3" s="78"/>
     </row>
     <row r="5" spans="1:14" ht="51.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B5" s="72" t="s">
+        <v>165</v>
+      </c>
+      <c r="C5" s="119" t="s">
         <v>166</v>
       </c>
-      <c r="C5" s="112" t="s">
+      <c r="D5" s="119"/>
+      <c r="E5" s="119"/>
+      <c r="F5" s="72" t="s">
         <v>167</v>
       </c>
-      <c r="D5" s="112"/>
-[...1 lines deleted...]
-      <c r="F5" s="72" t="s">
+      <c r="G5" s="119" t="s">
         <v>168</v>
       </c>
-      <c r="G5" s="112" t="s">
-[...3 lines deleted...]
-      <c r="I5" s="112"/>
+      <c r="H5" s="119"/>
+      <c r="I5" s="119"/>
     </row>
     <row r="6" spans="1:14" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B6" s="72" t="s">
+        <v>169</v>
+      </c>
+      <c r="C6" s="114" t="s">
         <v>170</v>
       </c>
-      <c r="C6" s="108" t="s">
-[...7 lines deleted...]
-      <c r="I6" s="108"/>
+      <c r="D6" s="114"/>
+      <c r="E6" s="114"/>
+      <c r="F6" s="114"/>
+      <c r="G6" s="114"/>
+      <c r="H6" s="114"/>
+      <c r="I6" s="114"/>
     </row>
     <row r="7" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B7" s="73"/>
       <c r="C7" s="84"/>
       <c r="D7" s="84"/>
       <c r="E7" s="84"/>
       <c r="F7" s="84"/>
       <c r="G7" s="84"/>
       <c r="H7" s="84"/>
       <c r="I7" s="84"/>
     </row>
     <row r="8" spans="1:14" ht="81" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="109" t="s">
+      <c r="A8" s="115" t="s">
         <v>171</v>
       </c>
-      <c r="B8" s="110"/>
-[...7 lines deleted...]
-      <c r="J8" s="110"/>
+      <c r="B8" s="116"/>
+      <c r="C8" s="116"/>
+      <c r="D8" s="116"/>
+      <c r="E8" s="116"/>
+      <c r="F8" s="116"/>
+      <c r="G8" s="116"/>
+      <c r="H8" s="116"/>
+      <c r="I8" s="116"/>
+      <c r="J8" s="116"/>
     </row>
     <row r="9" spans="1:14" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="86"/>
       <c r="B9" s="85"/>
       <c r="C9" s="85"/>
       <c r="D9" s="85"/>
       <c r="E9" s="85"/>
       <c r="F9" s="85"/>
       <c r="G9" s="85"/>
       <c r="H9" s="85"/>
       <c r="I9" s="85"/>
       <c r="J9" s="85"/>
     </row>
     <row r="10" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="A10" s="114" t="s">
+      <c r="A10" s="101" t="s">
         <v>177</v>
       </c>
-      <c r="B10" s="114"/>
-[...1 lines deleted...]
-      <c r="E10" s="114" t="s">
+      <c r="B10" s="101"/>
+      <c r="C10" s="101"/>
+      <c r="E10" s="101" t="s">
         <v>178</v>
       </c>
-      <c r="F10" s="114"/>
-[...3 lines deleted...]
-      <c r="J10" s="114"/>
+      <c r="F10" s="101"/>
+      <c r="G10" s="101"/>
+      <c r="H10" s="101"/>
+      <c r="I10" s="101"/>
+      <c r="J10" s="101"/>
     </row>
     <row r="11" spans="1:14" s="44" customFormat="1" ht="54.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="100" t="s">
+      <c r="A11" s="120" t="s">
+        <v>136</v>
+      </c>
+      <c r="B11" s="122"/>
+      <c r="C11" s="89" t="s">
+        <v>150</v>
+      </c>
+      <c r="E11" s="120" t="s">
+        <v>151</v>
+      </c>
+      <c r="F11" s="121"/>
+      <c r="G11" s="121"/>
+      <c r="H11" s="121"/>
+      <c r="I11" s="122"/>
+      <c r="J11" s="90" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="12" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="110" t="s">
         <v>137</v>
       </c>
-      <c r="B11" s="102"/>
-[...18 lines deleted...]
-      <c r="B12" s="96"/>
+      <c r="B12" s="111"/>
       <c r="C12" s="88">
         <f>'1. AQMS Edinet'!E31</f>
         <v>0</v>
       </c>
-      <c r="E12" s="103" t="s">
-[...5 lines deleted...]
-      <c r="I12" s="105"/>
+      <c r="E12" s="123" t="s">
+        <v>152</v>
+      </c>
+      <c r="F12" s="124"/>
+      <c r="G12" s="124"/>
+      <c r="H12" s="124"/>
+      <c r="I12" s="125"/>
       <c r="J12" s="91">
         <f>'Other services'!E4</f>
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:14" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="95" t="s">
-[...2 lines deleted...]
-      <c r="B13" s="96"/>
+      <c r="A13" s="110" t="s">
+        <v>138</v>
+      </c>
+      <c r="B13" s="111"/>
       <c r="C13" s="43">
         <f>'2. AQMS Balti'!E29</f>
         <v>0</v>
       </c>
-      <c r="E13" s="97" t="s">
-[...5 lines deleted...]
-      <c r="I13" s="99"/>
+      <c r="E13" s="105" t="s">
+        <v>153</v>
+      </c>
+      <c r="F13" s="106"/>
+      <c r="G13" s="106"/>
+      <c r="H13" s="106"/>
+      <c r="I13" s="107"/>
       <c r="J13" s="91">
         <f>'Other services'!E5</f>
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:14" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A14" s="95" t="s">
+      <c r="A14" s="110" t="s">
+        <v>139</v>
+      </c>
+      <c r="B14" s="111"/>
+      <c r="C14" s="43">
+        <f>'3. AQMS Balti'!E31</f>
+        <v>0</v>
+      </c>
+      <c r="E14" s="126" t="s">
+        <v>191</v>
+      </c>
+      <c r="F14" s="127"/>
+      <c r="G14" s="127"/>
+      <c r="H14" s="127"/>
+      <c r="I14" s="127"/>
+      <c r="J14" s="127"/>
+    </row>
+    <row r="15" spans="1:14" ht="46.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="110" t="s">
         <v>140</v>
       </c>
-      <c r="B14" s="96"/>
-[...17 lines deleted...]
-      <c r="B15" s="96"/>
+      <c r="B15" s="111"/>
       <c r="C15" s="43">
         <f>'4. AQMS Cahul'!E32</f>
         <v>0</v>
       </c>
-      <c r="E15" s="97" t="s">
-[...5 lines deleted...]
-      <c r="I15" s="99"/>
+      <c r="E15" s="105" t="s">
+        <v>154</v>
+      </c>
+      <c r="F15" s="106"/>
+      <c r="G15" s="106"/>
+      <c r="H15" s="106"/>
+      <c r="I15" s="107"/>
       <c r="J15" s="92">
         <f>SUM(C12:C26)</f>
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:14" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="95" t="s">
-[...2 lines deleted...]
-      <c r="B16" s="96"/>
+      <c r="A16" s="110" t="s">
+        <v>141</v>
+      </c>
+      <c r="B16" s="111"/>
       <c r="C16" s="43">
-        <f>'5. AQMS Leova'!E34</f>
-[...8 lines deleted...]
-      <c r="I16" s="99"/>
+        <f>'5. AQMS Leova'!E38</f>
+        <v>0</v>
+      </c>
+      <c r="E16" s="105" t="s">
+        <v>155</v>
+      </c>
+      <c r="F16" s="106"/>
+      <c r="G16" s="106"/>
+      <c r="H16" s="106"/>
+      <c r="I16" s="107"/>
       <c r="J16" s="91">
         <f>'Other services'!E6</f>
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:10" ht="33" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A17" s="95" t="s">
-[...2 lines deleted...]
-      <c r="B17" s="96"/>
+      <c r="A17" s="110" t="s">
+        <v>142</v>
+      </c>
+      <c r="B17" s="111"/>
       <c r="C17" s="43">
         <f>'6. AQMS Ghidighici'!E30</f>
         <v>0</v>
       </c>
-      <c r="E17" s="97" t="s">
-[...5 lines deleted...]
-      <c r="I17" s="99"/>
+      <c r="E17" s="105" t="s">
+        <v>156</v>
+      </c>
+      <c r="F17" s="106"/>
+      <c r="G17" s="106"/>
+      <c r="H17" s="106"/>
+      <c r="I17" s="107"/>
       <c r="J17" s="91">
         <f>'Other services'!E7</f>
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:10" ht="33.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A18" s="95" t="s">
-[...2 lines deleted...]
-      <c r="B18" s="96"/>
+      <c r="A18" s="110" t="s">
+        <v>143</v>
+      </c>
+      <c r="B18" s="111"/>
       <c r="C18" s="43">
-        <f>'7. AQMS Chisinau_Center'!E32</f>
-[...8 lines deleted...]
-      <c r="I18" s="99"/>
+        <f>'7. AQMS Chisinau_Center'!E33</f>
+        <v>0</v>
+      </c>
+      <c r="E18" s="105" t="s">
+        <v>157</v>
+      </c>
+      <c r="F18" s="106"/>
+      <c r="G18" s="106"/>
+      <c r="H18" s="106"/>
+      <c r="I18" s="107"/>
       <c r="J18" s="91">
         <f>'Other services'!E8</f>
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:10" ht="33" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="95" t="s">
-[...2 lines deleted...]
-      <c r="B19" s="96"/>
+      <c r="A19" s="110" t="s">
+        <v>144</v>
+      </c>
+      <c r="B19" s="111"/>
       <c r="C19" s="43">
         <f>'8. AQMS Chisinau_Botanica'!E29</f>
         <v>0</v>
       </c>
-      <c r="E19" s="97" t="s">
-[...5 lines deleted...]
-      <c r="I19" s="99"/>
+      <c r="E19" s="105" t="s">
+        <v>158</v>
+      </c>
+      <c r="F19" s="106"/>
+      <c r="G19" s="106"/>
+      <c r="H19" s="106"/>
+      <c r="I19" s="107"/>
       <c r="J19" s="91">
         <f>'Other services'!E9</f>
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:10" ht="21" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="95" t="s">
-[...2 lines deleted...]
-      <c r="B20" s="96"/>
+      <c r="A20" s="110" t="s">
+        <v>145</v>
+      </c>
+      <c r="B20" s="111"/>
       <c r="C20" s="43">
         <f>'9. AQMS Chisinau_Ciocana'!E28</f>
         <v>0</v>
       </c>
-      <c r="E20" s="97" t="s">
-[...5 lines deleted...]
-      <c r="I20" s="99"/>
+      <c r="E20" s="105" t="s">
+        <v>159</v>
+      </c>
+      <c r="F20" s="106"/>
+      <c r="G20" s="106"/>
+      <c r="H20" s="106"/>
+      <c r="I20" s="107"/>
       <c r="J20" s="91">
         <f>'Other services'!E10</f>
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:10" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="95" t="s">
+      <c r="A21" s="110" t="s">
         <v>181</v>
       </c>
-      <c r="B21" s="96"/>
+      <c r="B21" s="111"/>
       <c r="C21" s="43">
         <f>'10. AQMS TBC'!E29</f>
         <v>0</v>
       </c>
-      <c r="E21" s="115" t="s">
+      <c r="E21" s="102" t="s">
         <v>187</v>
       </c>
-      <c r="F21" s="116"/>
-[...2 lines deleted...]
-      <c r="I21" s="117"/>
+      <c r="F21" s="103"/>
+      <c r="G21" s="103"/>
+      <c r="H21" s="103"/>
+      <c r="I21" s="104"/>
       <c r="J21" s="91">
         <f>SUM(J15:J20,J12:J13)</f>
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A22" s="95" t="s">
-[...2 lines deleted...]
-      <c r="B22" s="96"/>
+      <c r="A22" s="110" t="s">
+        <v>146</v>
+      </c>
+      <c r="B22" s="111"/>
       <c r="C22" s="43">
         <f>'11. AQMS Chisinau _Buiucani'!E17</f>
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A23" s="95" t="s">
-[...2 lines deleted...]
-      <c r="B23" s="96"/>
+      <c r="A23" s="110" t="s">
+        <v>147</v>
+      </c>
+      <c r="B23" s="111"/>
       <c r="C23" s="43">
         <f>'12. AQMS Mateuti'!E30</f>
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A24" s="95" t="s">
-[...2 lines deleted...]
-      <c r="B24" s="96"/>
+      <c r="A24" s="110" t="s">
+        <v>148</v>
+      </c>
+      <c r="B24" s="111"/>
       <c r="C24" s="43">
         <f>'ITC necessities'!E8</f>
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A25" s="95" t="s">
-[...2 lines deleted...]
-      <c r="B25" s="96"/>
+      <c r="A25" s="110" t="s">
+        <v>134</v>
+      </c>
+      <c r="B25" s="111"/>
       <c r="C25" s="43">
         <f>'Complementary devices'!E7</f>
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:10" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A26" s="118" t="s">
-[...2 lines deleted...]
-      <c r="B26" s="119"/>
+      <c r="A26" s="108" t="s">
+        <v>149</v>
+      </c>
+      <c r="B26" s="109"/>
       <c r="C26" s="43">
-        <f>'Consumables and spare parts'!E25</f>
+        <f>'Consumables and spare parts'!E29</f>
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:10" x14ac:dyDescent="0.25">
-      <c r="A27" s="95" t="s">
-[...2 lines deleted...]
-      <c r="B27" s="96"/>
+      <c r="A27" s="110" t="s">
+        <v>115</v>
+      </c>
+      <c r="B27" s="111"/>
       <c r="C27" s="43">
         <f>'Other services'!E12</f>
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:10" s="44" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A28" s="120" t="s">
+      <c r="A28" s="112" t="s">
         <v>188</v>
       </c>
-      <c r="B28" s="121"/>
+      <c r="B28" s="113"/>
       <c r="C28" s="43">
         <f>SUM(C12:C27)</f>
         <v>0</v>
       </c>
       <c r="I28" s="44" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="30" spans="1:10" ht="36.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A30" s="113" t="s">
+      <c r="A30" s="100" t="s">
         <v>193</v>
       </c>
-      <c r="B30" s="113"/>
-[...7 lines deleted...]
-      <c r="J30" s="113"/>
+      <c r="B30" s="100"/>
+      <c r="C30" s="100"/>
+      <c r="D30" s="100"/>
+      <c r="E30" s="100"/>
+      <c r="F30" s="100"/>
+      <c r="G30" s="100"/>
+      <c r="H30" s="100"/>
+      <c r="I30" s="100"/>
+      <c r="J30" s="100"/>
     </row>
     <row r="31" spans="1:10" x14ac:dyDescent="0.25">
       <c r="B31" s="87"/>
     </row>
     <row r="32" spans="1:10" x14ac:dyDescent="0.25">
       <c r="B32" s="87" t="s">
         <v>172</v>
       </c>
       <c r="C32" s="87" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="33" spans="2:3" x14ac:dyDescent="0.25">
       <c r="B33" s="87"/>
     </row>
     <row r="34" spans="2:3" x14ac:dyDescent="0.25">
       <c r="B34" s="87" t="s">
         <v>174</v>
       </c>
       <c r="C34" s="87" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="35" spans="2:3" x14ac:dyDescent="0.25">
       <c r="B35" s="87"/>
     </row>
     <row r="36" spans="2:3" x14ac:dyDescent="0.25">
       <c r="B36" s="87" t="s">
         <v>175</v>
       </c>
       <c r="C36" s="87" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="37" spans="2:3" x14ac:dyDescent="0.25">
       <c r="B37" s="87"/>
     </row>
     <row r="38" spans="2:3" x14ac:dyDescent="0.25">
       <c r="B38" s="87" t="s">
         <v>176</v>
       </c>
       <c r="C38" s="87" t="s">
         <v>173</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="38">
+    <mergeCell ref="A23:B23"/>
+    <mergeCell ref="A24:B24"/>
+    <mergeCell ref="A25:B25"/>
+    <mergeCell ref="E13:I13"/>
+    <mergeCell ref="E11:I11"/>
+    <mergeCell ref="A11:B11"/>
+    <mergeCell ref="A17:B17"/>
+    <mergeCell ref="A18:B18"/>
+    <mergeCell ref="A19:B19"/>
+    <mergeCell ref="E15:I15"/>
+    <mergeCell ref="A14:B14"/>
+    <mergeCell ref="E12:I12"/>
+    <mergeCell ref="A13:B13"/>
+    <mergeCell ref="A12:B12"/>
+    <mergeCell ref="A15:B15"/>
+    <mergeCell ref="E14:J14"/>
+    <mergeCell ref="C6:I6"/>
+    <mergeCell ref="A8:J8"/>
+    <mergeCell ref="A1:J1"/>
+    <mergeCell ref="A3:J3"/>
+    <mergeCell ref="C5:E5"/>
+    <mergeCell ref="G5:I5"/>
     <mergeCell ref="A30:J30"/>
     <mergeCell ref="A10:C10"/>
     <mergeCell ref="E10:J10"/>
     <mergeCell ref="E21:I21"/>
     <mergeCell ref="E16:I16"/>
     <mergeCell ref="E17:I17"/>
     <mergeCell ref="E18:I18"/>
     <mergeCell ref="E19:I19"/>
     <mergeCell ref="E20:I20"/>
     <mergeCell ref="A26:B26"/>
     <mergeCell ref="A27:B27"/>
     <mergeCell ref="A21:B21"/>
     <mergeCell ref="A20:B20"/>
     <mergeCell ref="A28:B28"/>
     <mergeCell ref="A22:B22"/>
     <mergeCell ref="A16:B16"/>
-    <mergeCell ref="C6:I6"/>
-[...20 lines deleted...]
-    <mergeCell ref="E14:J14"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="71" fitToHeight="0" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CD2A97C9-33EC-4039-87B8-D08E36662FCF}">
   <dimension ref="A1:E35"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
+    <sheetView topLeftCell="A6" workbookViewId="0">
       <selection activeCell="B20" sqref="B20:C21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="33.7109375" style="44" customWidth="1"/>
     <col min="3" max="3" width="8.85546875" customWidth="1"/>
     <col min="4" max="4" width="11.85546875" customWidth="1"/>
     <col min="5" max="5" width="13.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="44.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="136" t="s">
+      <c r="A1" s="142" t="s">
         <v>30</v>
       </c>
-      <c r="B1" s="136"/>
-[...2 lines deleted...]
-      <c r="E1" s="136"/>
+      <c r="B1" s="142"/>
+      <c r="C1" s="142"/>
+      <c r="D1" s="142"/>
+      <c r="E1" s="142"/>
     </row>
     <row r="2" spans="1:5" ht="30" x14ac:dyDescent="0.25">
       <c r="A2" s="63"/>
       <c r="B2" s="15" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="16" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="15" t="s">
         <v>91</v>
       </c>
       <c r="E2" s="15" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="13" t="s">
         <v>18</v>
       </c>
       <c r="B3" s="15"/>
       <c r="C3" s="16"/>
       <c r="D3" s="15"/>
       <c r="E3" s="24"/>
     </row>
@@ -3069,54 +3154,54 @@
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="21">
         <f>C4*D4</f>
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:5" ht="195" x14ac:dyDescent="0.25">
       <c r="A5" s="38" t="s">
         <v>83</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C5" s="1">
         <v>1</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="21">
         <f t="shared" ref="E5:E13" si="0">C5*D5</f>
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A6" s="38" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="B6" s="6" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="C6" s="8"/>
       <c r="D6" s="32"/>
       <c r="E6" s="21">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A7" s="38" t="s">
         <v>14</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>3</v>
       </c>
       <c r="C7" s="2">
         <v>1</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="21">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:5" ht="30" x14ac:dyDescent="0.25">
@@ -3279,104 +3364,104 @@
       <c r="B18" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C18" s="1">
         <v>1</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="21">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A19" s="14" t="s">
         <v>21</v>
       </c>
       <c r="B19" s="47"/>
       <c r="C19" s="47"/>
       <c r="D19" s="29"/>
       <c r="E19" s="24"/>
     </row>
     <row r="20" spans="1:5" ht="45" x14ac:dyDescent="0.25">
       <c r="A20" s="38" t="s">
         <v>57</v>
       </c>
-      <c r="B20" s="93" t="s">
+      <c r="B20" s="1" t="s">
         <v>192</v>
       </c>
       <c r="C20" s="8">
         <v>1</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="21">
         <f>C20*D20</f>
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A21" s="38" t="s">
         <v>5</v>
       </c>
-      <c r="B21" s="93" t="s">
+      <c r="B21" s="1" t="s">
         <v>192</v>
       </c>
       <c r="C21" s="2">
         <v>1</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="21">
         <f t="shared" ref="E21:E22" si="2">C21*D21</f>
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="62" t="s">
         <v>7</v>
       </c>
       <c r="B22" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C22" s="2"/>
       <c r="D22" s="2"/>
       <c r="E22" s="21">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A23" s="46" t="s">
         <v>34</v>
       </c>
       <c r="B23" s="47"/>
       <c r="C23" s="29"/>
       <c r="D23" s="29"/>
       <c r="E23" s="24"/>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="39" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>4</v>
       </c>
       <c r="C24" s="1">
         <v>1</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="21">
         <f>C24*D24</f>
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="39" t="s">
         <v>50</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C25" s="2">
         <v>1</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="21">
@@ -3395,188 +3480,188 @@
         <v>1</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="21">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="63" t="s">
         <v>51</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C27" s="2">
         <v>1</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="21">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A28" s="125" t="s">
+      <c r="A28" s="131" t="s">
         <v>20</v>
       </c>
-      <c r="B28" s="126"/>
-[...1 lines deleted...]
-      <c r="D28" s="127"/>
+      <c r="B28" s="132"/>
+      <c r="C28" s="132"/>
+      <c r="D28" s="133"/>
       <c r="E28" s="24">
         <f>SUM(E4:E13,E15:E18,E20:E22,E24:E27)</f>
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A32" s="128" t="s">
-[...5 lines deleted...]
-      <c r="E32" s="128"/>
+      <c r="A32" s="134" t="s">
+        <v>119</v>
+      </c>
+      <c r="B32" s="134"/>
+      <c r="C32" s="134"/>
+      <c r="D32" s="134"/>
+      <c r="E32" s="134"/>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A33" s="128"/>
-[...3 lines deleted...]
-      <c r="E33" s="128"/>
+      <c r="A33" s="134"/>
+      <c r="B33" s="134"/>
+      <c r="C33" s="134"/>
+      <c r="D33" s="134"/>
+      <c r="E33" s="134"/>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A34" s="128"/>
-[...3 lines deleted...]
-      <c r="E34" s="128"/>
+      <c r="A34" s="134"/>
+      <c r="B34" s="134"/>
+      <c r="C34" s="134"/>
+      <c r="D34" s="134"/>
+      <c r="E34" s="134"/>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A35" s="128"/>
-[...3 lines deleted...]
-      <c r="E35" s="128"/>
+      <c r="A35" s="134"/>
+      <c r="B35" s="134"/>
+      <c r="C35" s="134"/>
+      <c r="D35" s="134"/>
+      <c r="E35" s="134"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A28:D28"/>
     <mergeCell ref="A32:E35"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CA653A82-9A39-4518-A971-1EF50FB57DEB}">
   <dimension ref="A1:E35"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="B21" sqref="B21:C21"/>
+    <sheetView topLeftCell="A12" workbookViewId="0">
+      <selection activeCell="K19" sqref="K19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="29.85546875" style="44" customWidth="1"/>
     <col min="3" max="3" width="10.85546875" customWidth="1"/>
     <col min="4" max="4" width="12.85546875" customWidth="1"/>
     <col min="5" max="5" width="13.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="41.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="136" t="s">
+      <c r="A1" s="142" t="s">
         <v>180</v>
       </c>
-      <c r="B1" s="136"/>
-[...2 lines deleted...]
-      <c r="E1" s="136"/>
+      <c r="B1" s="142"/>
+      <c r="C1" s="142"/>
+      <c r="D1" s="142"/>
+      <c r="E1" s="142"/>
     </row>
     <row r="2" spans="1:5" ht="30" x14ac:dyDescent="0.25">
       <c r="A2" s="74"/>
       <c r="B2" s="36" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="37" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="31" t="s">
         <v>91</v>
       </c>
       <c r="E2" s="36" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="13" t="s">
         <v>18</v>
       </c>
       <c r="B3" s="15"/>
       <c r="C3" s="16"/>
       <c r="D3" s="15"/>
       <c r="E3" s="24"/>
     </row>
     <row r="4" spans="1:5" ht="135" x14ac:dyDescent="0.25">
       <c r="A4" s="58" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C4" s="1">
         <v>1</v>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="21">
         <f>C4*D4</f>
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:5" ht="225" x14ac:dyDescent="0.25">
       <c r="A5" s="38" t="s">
         <v>83</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C5" s="1">
         <v>1</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="21">
         <f t="shared" ref="E5:E13" si="0">C5*D5</f>
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A6" s="38" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="B6" s="6" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="C6" s="8"/>
       <c r="D6" s="32"/>
       <c r="E6" s="21">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A7" s="38" t="s">
         <v>14</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>3</v>
       </c>
       <c r="C7" s="2">
         <v>1</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="21">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:5" ht="30" x14ac:dyDescent="0.25">
@@ -3755,104 +3840,104 @@
       <c r="B19" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C19" s="1">
         <v>1</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="21">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A20" s="14" t="s">
         <v>21</v>
       </c>
       <c r="B20" s="47"/>
       <c r="C20" s="47"/>
       <c r="D20" s="29"/>
       <c r="E20" s="24"/>
     </row>
     <row r="21" spans="1:5" ht="45" x14ac:dyDescent="0.25">
       <c r="A21" s="38" t="s">
         <v>57</v>
       </c>
-      <c r="B21" s="93" t="s">
+      <c r="B21" s="1" t="s">
         <v>192</v>
       </c>
       <c r="C21" s="8">
         <v>1</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="21">
         <f>C21*D21</f>
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="38" t="s">
         <v>5</v>
       </c>
-      <c r="B22" s="93" t="s">
+      <c r="B22" s="1" t="s">
         <v>192</v>
       </c>
       <c r="C22" s="2">
         <v>1</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="21">
         <f t="shared" ref="E22:E23" si="2">C22*D22</f>
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="62" t="s">
         <v>7</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C23" s="2"/>
       <c r="D23" s="2"/>
       <c r="E23" s="21">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A24" s="17" t="s">
         <v>34</v>
       </c>
       <c r="B24" s="23"/>
       <c r="C24" s="29"/>
       <c r="D24" s="29"/>
       <c r="E24" s="24"/>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="39" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>4</v>
       </c>
       <c r="C25" s="2">
         <v>1</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="21">
         <f>C25*D25</f>
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="39" t="s">
         <v>50</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C26" s="2">
         <v>1</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="21">
@@ -3871,124 +3956,124 @@
         <v>1</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="21">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="63" t="s">
         <v>51</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C28" s="2">
         <v>1</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="21">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A29" s="125" t="s">
+      <c r="A29" s="131" t="s">
         <v>20</v>
       </c>
-      <c r="B29" s="126"/>
-[...1 lines deleted...]
-      <c r="D29" s="127"/>
+      <c r="B29" s="132"/>
+      <c r="C29" s="132"/>
+      <c r="D29" s="133"/>
       <c r="E29" s="24">
         <f>SUM(E4:E13,E15:E19,E21:E23,E25:E28)</f>
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A32" s="128" t="s">
-[...5 lines deleted...]
-      <c r="E32" s="128"/>
+      <c r="A32" s="134" t="s">
+        <v>119</v>
+      </c>
+      <c r="B32" s="134"/>
+      <c r="C32" s="134"/>
+      <c r="D32" s="134"/>
+      <c r="E32" s="134"/>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A33" s="128"/>
-[...3 lines deleted...]
-      <c r="E33" s="128"/>
+      <c r="A33" s="134"/>
+      <c r="B33" s="134"/>
+      <c r="C33" s="134"/>
+      <c r="D33" s="134"/>
+      <c r="E33" s="134"/>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A34" s="128"/>
-[...3 lines deleted...]
-      <c r="E34" s="128"/>
+      <c r="A34" s="134"/>
+      <c r="B34" s="134"/>
+      <c r="C34" s="134"/>
+      <c r="D34" s="134"/>
+      <c r="E34" s="134"/>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A35" s="128"/>
-[...3 lines deleted...]
-      <c r="E35" s="128"/>
+      <c r="A35" s="134"/>
+      <c r="B35" s="134"/>
+      <c r="C35" s="134"/>
+      <c r="D35" s="134"/>
+      <c r="E35" s="134"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A29:D29"/>
     <mergeCell ref="A32:E35"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0E2C8A51-C0EF-46AF-82E9-0EE014ECF349}">
   <dimension ref="A1:E22"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="B9" sqref="B9:C9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="33.28515625" style="44" customWidth="1"/>
     <col min="4" max="4" width="14.7109375" customWidth="1"/>
     <col min="5" max="5" width="15.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="46.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="137" t="s">
+      <c r="A1" s="143" t="s">
         <v>77</v>
       </c>
-      <c r="B1" s="137"/>
-[...2 lines deleted...]
-      <c r="E1" s="137"/>
+      <c r="B1" s="143"/>
+      <c r="C1" s="143"/>
+      <c r="D1" s="143"/>
+      <c r="E1" s="143"/>
     </row>
     <row r="2" spans="1:5" ht="30" x14ac:dyDescent="0.25">
       <c r="A2" s="63"/>
       <c r="B2" s="15" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="16" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="15" t="s">
         <v>91</v>
       </c>
       <c r="E2" s="15" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="14" t="s">
         <v>19</v>
       </c>
       <c r="B3" s="1"/>
       <c r="C3" s="4"/>
       <c r="D3" s="3"/>
       <c r="E3" s="21"/>
     </row>
@@ -4047,88 +4132,88 @@
       <c r="B7" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C7" s="1">
         <v>1</v>
       </c>
       <c r="D7" s="8"/>
       <c r="E7" s="21">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A8" s="14" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="47"/>
       <c r="C8" s="29"/>
       <c r="D8" s="29"/>
       <c r="E8" s="24"/>
     </row>
     <row r="9" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A9" s="38" t="s">
         <v>5</v>
       </c>
-      <c r="B9" s="93" t="s">
+      <c r="B9" s="1" t="s">
         <v>192</v>
       </c>
       <c r="C9" s="8">
         <v>1</v>
       </c>
       <c r="D9" s="2"/>
       <c r="E9" s="21">
         <f>C9*D9</f>
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A10" s="62" t="s">
         <v>7</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C10" s="2"/>
       <c r="D10" s="2"/>
       <c r="E10" s="21">
         <f>C10*D10</f>
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A11" s="17" t="s">
         <v>34</v>
       </c>
       <c r="B11" s="47"/>
       <c r="C11" s="29"/>
       <c r="D11" s="29"/>
       <c r="E11" s="24"/>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A12" s="39" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>4</v>
       </c>
       <c r="C12" s="2">
         <v>1</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="21">
         <f>C12*D12</f>
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A13" s="39" t="s">
         <v>50</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C13" s="2">
         <v>1</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="21">
@@ -4148,132 +4233,132 @@
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="21">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A15" s="63" t="s">
         <v>51</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C15" s="2">
         <v>1</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="21">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A16" s="38" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="B16" s="6" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="C16" s="8"/>
       <c r="D16" s="2"/>
       <c r="E16" s="21">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A17" s="125" t="s">
+      <c r="A17" s="131" t="s">
         <v>20</v>
       </c>
-      <c r="B17" s="126"/>
-[...1 lines deleted...]
-      <c r="D17" s="127"/>
+      <c r="B17" s="132"/>
+      <c r="C17" s="132"/>
+      <c r="D17" s="133"/>
       <c r="E17" s="24">
         <f>SUM(E4:E16)</f>
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="128" t="s">
-[...5 lines deleted...]
-      <c r="E20" s="128"/>
+      <c r="A20" s="134" t="s">
+        <v>119</v>
+      </c>
+      <c r="B20" s="134"/>
+      <c r="C20" s="134"/>
+      <c r="D20" s="134"/>
+      <c r="E20" s="134"/>
     </row>
     <row r="21" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A21" s="128"/>
-[...3 lines deleted...]
-      <c r="E21" s="128"/>
+      <c r="A21" s="134"/>
+      <c r="B21" s="134"/>
+      <c r="C21" s="134"/>
+      <c r="D21" s="134"/>
+      <c r="E21" s="134"/>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A22" s="128"/>
-[...3 lines deleted...]
-      <c r="E22" s="128"/>
+      <c r="A22" s="134"/>
+      <c r="B22" s="134"/>
+      <c r="C22" s="134"/>
+      <c r="D22" s="134"/>
+      <c r="E22" s="134"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A17:D17"/>
     <mergeCell ref="A20:E22"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0CD64F06-B8A7-4C5E-BAA5-5811789BCB8D}">
   <dimension ref="A1:E35"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="L27" sqref="L27"/>
+      <selection activeCell="A13" sqref="A13:A14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="39" style="44" customWidth="1"/>
     <col min="2" max="2" width="10.85546875" customWidth="1"/>
     <col min="3" max="3" width="11.140625" customWidth="1"/>
     <col min="4" max="4" width="12.28515625" customWidth="1"/>
     <col min="5" max="5" width="13" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="44.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="136" t="s">
+      <c r="A1" s="142" t="s">
         <v>74</v>
       </c>
-      <c r="B1" s="136"/>
-[...2 lines deleted...]
-      <c r="E1" s="136"/>
+      <c r="B1" s="142"/>
+      <c r="C1" s="142"/>
+      <c r="D1" s="142"/>
+      <c r="E1" s="142"/>
     </row>
     <row r="2" spans="1:5" ht="30" x14ac:dyDescent="0.25">
       <c r="A2" s="75"/>
       <c r="B2" s="15" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="16" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="15" t="s">
         <v>91</v>
       </c>
       <c r="E2" s="15" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="13" t="s">
         <v>18</v>
       </c>
       <c r="B3" s="15"/>
       <c r="C3" s="16"/>
       <c r="D3" s="15"/>
       <c r="E3" s="24"/>
     </row>
@@ -4289,54 +4374,54 @@
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="21">
         <f>C4*D4</f>
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:5" ht="165" x14ac:dyDescent="0.25">
       <c r="A5" s="38" t="s">
         <v>83</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C5" s="1">
         <v>1</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="21">
         <f t="shared" ref="E5:E11" si="0">C5*D5</f>
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A6" s="38" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="B6" s="6" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="C6" s="8"/>
       <c r="D6" s="27"/>
       <c r="E6" s="21">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A7" s="38" t="s">
         <v>14</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>3</v>
       </c>
       <c r="C7" s="2">
         <v>1</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="21">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:5" ht="30" x14ac:dyDescent="0.25">
@@ -4531,104 +4616,104 @@
       <c r="B20" s="6" t="s">
         <v>4</v>
       </c>
       <c r="C20" s="6">
         <v>1</v>
       </c>
       <c r="D20" s="8"/>
       <c r="E20" s="21">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A21" s="14" t="s">
         <v>21</v>
       </c>
       <c r="B21" s="47"/>
       <c r="C21" s="29"/>
       <c r="D21" s="29"/>
       <c r="E21" s="24"/>
     </row>
     <row r="22" spans="1:5" ht="30" x14ac:dyDescent="0.25">
       <c r="A22" s="38" t="s">
         <v>57</v>
       </c>
-      <c r="B22" s="93" t="s">
+      <c r="B22" s="1" t="s">
         <v>192</v>
       </c>
       <c r="C22" s="8">
         <v>1</v>
       </c>
       <c r="D22" s="8"/>
       <c r="E22" s="21">
         <f>C22*D22</f>
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="38" t="s">
         <v>5</v>
       </c>
-      <c r="B23" s="93" t="s">
+      <c r="B23" s="1" t="s">
         <v>192</v>
       </c>
       <c r="C23" s="8">
         <v>1</v>
       </c>
       <c r="D23" s="8"/>
       <c r="E23" s="21">
         <f t="shared" ref="E23:E24" si="2">C23*D23</f>
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="76" t="s">
         <v>7</v>
       </c>
       <c r="B24" s="6" t="s">
         <v>8</v>
       </c>
       <c r="C24" s="8"/>
       <c r="D24" s="8"/>
       <c r="E24" s="21">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A25" s="17" t="s">
         <v>34</v>
       </c>
       <c r="B25" s="47"/>
       <c r="C25" s="29"/>
       <c r="D25" s="29"/>
       <c r="E25" s="24"/>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="39" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>4</v>
       </c>
       <c r="C26" s="2">
         <v>1</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="21">
         <f>C26*D26</f>
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="39" t="s">
         <v>50</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C27" s="2">
         <v>1</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="21">
@@ -4647,253 +4732,253 @@
         <v>1</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="21">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="63" t="s">
         <v>51</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C29" s="2">
         <v>1</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="21">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A30" s="125" t="s">
+      <c r="A30" s="131" t="s">
         <v>20</v>
       </c>
-      <c r="B30" s="126"/>
-[...1 lines deleted...]
-      <c r="D30" s="127"/>
+      <c r="B30" s="132"/>
+      <c r="C30" s="132"/>
+      <c r="D30" s="133"/>
       <c r="E30" s="24">
         <f>SUM(E4:E29)</f>
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A33" s="128" t="s">
-[...5 lines deleted...]
-      <c r="E33" s="128"/>
+      <c r="A33" s="134" t="s">
+        <v>119</v>
+      </c>
+      <c r="B33" s="134"/>
+      <c r="C33" s="134"/>
+      <c r="D33" s="134"/>
+      <c r="E33" s="134"/>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A34" s="128"/>
-[...3 lines deleted...]
-      <c r="E34" s="128"/>
+      <c r="A34" s="134"/>
+      <c r="B34" s="134"/>
+      <c r="C34" s="134"/>
+      <c r="D34" s="134"/>
+      <c r="E34" s="134"/>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A35" s="128"/>
-[...3 lines deleted...]
-      <c r="E35" s="128"/>
+      <c r="A35" s="134"/>
+      <c r="B35" s="134"/>
+      <c r="C35" s="134"/>
+      <c r="D35" s="134"/>
+      <c r="E35" s="134"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A30:D30"/>
     <mergeCell ref="A33:E35"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3E70D4E5-89A5-4655-92A3-20CAE9656583}">
   <dimension ref="A1:E8"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="J6" sqref="J6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="47.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="A1" s="138" t="s">
+      <c r="A1" s="144" t="s">
         <v>75</v>
       </c>
-      <c r="B1" s="139"/>
-[...2 lines deleted...]
-      <c r="E1" s="140"/>
+      <c r="B1" s="145"/>
+      <c r="C1" s="145"/>
+      <c r="D1" s="145"/>
+      <c r="E1" s="146"/>
     </row>
     <row r="2" spans="1:5" ht="30" x14ac:dyDescent="0.3">
       <c r="A2" s="33"/>
       <c r="B2" s="15" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="16" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="15" t="s">
         <v>91</v>
       </c>
       <c r="E2" s="15" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A3" s="5" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C3" s="2">
         <v>5</v>
       </c>
       <c r="D3" s="54"/>
       <c r="E3" s="21">
         <f>C3*D3</f>
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A4" s="52" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="B4" s="40" t="s">
         <v>4</v>
       </c>
       <c r="C4" s="2">
         <v>1</v>
       </c>
       <c r="D4" s="53"/>
       <c r="E4" s="21">
         <f t="shared" ref="E4:E7" si="0">C4*D4</f>
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A5" s="52" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="B5" s="40" t="s">
         <v>4</v>
       </c>
       <c r="C5" s="2">
         <v>1</v>
       </c>
       <c r="D5" s="53"/>
       <c r="E5" s="21">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A6" s="52" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="B6" s="40" t="s">
         <v>4</v>
       </c>
       <c r="C6" s="2">
         <v>1</v>
       </c>
       <c r="D6" s="53"/>
       <c r="E6" s="21">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A7" s="55" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C7" s="2">
         <v>1</v>
       </c>
       <c r="D7" s="54"/>
       <c r="E7" s="21">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A8" s="141" t="s">
-[...4 lines deleted...]
-      <c r="D8" s="142"/>
+      <c r="A8" s="147" t="s">
+        <v>123</v>
+      </c>
+      <c r="B8" s="147"/>
+      <c r="C8" s="147"/>
+      <c r="D8" s="148"/>
       <c r="E8" s="24">
         <f>SUM(E3:E7)</f>
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A8:D8"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{4B402D3C-0BB7-4116-9BD0-DC382261DC4D}">
   <dimension ref="A1:E7"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="J5" sqref="J5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="32" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="A1" s="143" t="s">
-[...5 lines deleted...]
-      <c r="E1" s="143"/>
+      <c r="A1" s="149" t="s">
+        <v>134</v>
+      </c>
+      <c r="B1" s="149"/>
+      <c r="C1" s="149"/>
+      <c r="D1" s="149"/>
+      <c r="E1" s="149"/>
     </row>
     <row r="2" spans="1:5" ht="30" x14ac:dyDescent="0.3">
       <c r="A2" s="48"/>
       <c r="B2" s="15" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="16" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="15" t="s">
         <v>91</v>
       </c>
       <c r="E2" s="15" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="3" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A3" s="11" t="s">
         <v>62</v>
       </c>
       <c r="B3" s="11" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="12">
         <v>2</v>
@@ -4931,131 +5016,131 @@
         <v>3</v>
       </c>
       <c r="D5" s="11"/>
       <c r="E5" s="21">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A6" s="9" t="s">
         <v>93</v>
       </c>
       <c r="B6" s="11" t="s">
         <v>3</v>
       </c>
       <c r="C6" s="6">
         <v>3</v>
       </c>
       <c r="D6" s="11"/>
       <c r="E6" s="21">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A7" s="141" t="s">
+      <c r="A7" s="147" t="s">
         <v>92</v>
       </c>
-      <c r="B7" s="141"/>
-[...1 lines deleted...]
-      <c r="D7" s="142"/>
+      <c r="B7" s="147"/>
+      <c r="C7" s="147"/>
+      <c r="D7" s="148"/>
       <c r="E7" s="24">
         <f>SUM(E3:E6)</f>
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A7:D7"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{193DD0C8-0A8A-4C39-8287-3B5B9515A6A2}">
-  <dimension ref="A1:E25"/>
+  <dimension ref="A1:E29"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="I19" sqref="I19"/>
+    <sheetView topLeftCell="A18" workbookViewId="0">
+      <selection activeCell="F19" sqref="F19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="33.85546875" style="44" customWidth="1"/>
     <col min="2" max="2" width="11" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="56.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="144" t="s">
-[...5 lines deleted...]
-      <c r="E1" s="144"/>
+      <c r="A1" s="150" t="s">
+        <v>161</v>
+      </c>
+      <c r="B1" s="150"/>
+      <c r="C1" s="150"/>
+      <c r="D1" s="150"/>
+      <c r="E1" s="150"/>
     </row>
     <row r="2" spans="1:5" ht="30" x14ac:dyDescent="0.25">
       <c r="A2" s="26" t="s">
         <v>79</v>
       </c>
       <c r="B2" s="15" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="49" t="s">
         <v>78</v>
       </c>
       <c r="D2" s="15" t="s">
         <v>91</v>
       </c>
       <c r="E2" s="15" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="3" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A3" s="63" t="s">
         <v>36</v>
       </c>
       <c r="B3" s="5"/>
       <c r="C3" s="5"/>
       <c r="D3" s="35"/>
       <c r="E3" s="21">
         <f>C3*D3</f>
         <v>0</v>
       </c>
     </row>
     <row r="4" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A4" s="43" t="s">
         <v>37</v>
       </c>
       <c r="B4" s="5"/>
       <c r="C4" s="5"/>
       <c r="D4" s="35"/>
       <c r="E4" s="21">
-        <f t="shared" ref="E4:E24" si="0">C4*D4</f>
+        <f t="shared" ref="E4:E25" si="0">C4*D4</f>
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A5" s="43" t="s">
         <v>112</v>
       </c>
       <c r="B5" s="5"/>
       <c r="C5" s="5"/>
       <c r="D5" s="35"/>
       <c r="E5" s="21">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A6" s="44" t="s">
         <v>113</v>
       </c>
       <c r="B6" s="5"/>
       <c r="C6" s="5"/>
       <c r="D6" s="35"/>
       <c r="E6" s="21">
         <f t="shared" si="0"/>
         <v>0</v>
@@ -5159,874 +5244,922 @@
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A15" s="43" t="s">
         <v>44</v>
       </c>
       <c r="B15" s="5"/>
       <c r="C15" s="5"/>
       <c r="D15" s="35"/>
       <c r="E15" s="21">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A16" s="43" t="s">
         <v>45</v>
       </c>
       <c r="B16" s="5"/>
       <c r="C16" s="5"/>
       <c r="D16" s="35"/>
       <c r="E16" s="21">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="17" spans="1:5" ht="75" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>115</v>
+    <row r="17" spans="1:5" ht="225" x14ac:dyDescent="0.25">
+      <c r="A17" s="97" t="s">
+        <v>198</v>
       </c>
       <c r="B17" s="5"/>
       <c r="C17" s="5"/>
       <c r="D17" s="35"/>
-      <c r="E17" s="21">
-[...6 lines deleted...]
-        <v>61</v>
+      <c r="E17" s="96">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:5" ht="150" x14ac:dyDescent="0.25">
+      <c r="A18" s="98" t="s">
+        <v>199</v>
       </c>
       <c r="B18" s="5"/>
       <c r="C18" s="5"/>
       <c r="D18" s="35"/>
-      <c r="E18" s="21">
-[...6 lines deleted...]
-        <v>46</v>
+      <c r="E18" s="96">
+        <f>C18*D18</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="1:5" ht="150" x14ac:dyDescent="0.25">
+      <c r="A19" s="98" t="s">
+        <v>200</v>
       </c>
       <c r="B19" s="5"/>
       <c r="C19" s="5"/>
       <c r="D19" s="35"/>
-      <c r="E19" s="21">
-[...6 lines deleted...]
-        <v>94</v>
+      <c r="E19" s="96">
+        <f>C19*D19</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5" ht="30" x14ac:dyDescent="0.25">
+      <c r="A20" s="61" t="s">
+        <v>61</v>
       </c>
       <c r="B20" s="5"/>
       <c r="C20" s="5"/>
       <c r="D20" s="35"/>
       <c r="E20" s="21">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="21" spans="1:5" ht="30" x14ac:dyDescent="0.25">
-      <c r="A21" s="44" t="s">
+    <row r="21" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A21" s="43" t="s">
+        <v>46</v>
+      </c>
+      <c r="B21" s="5"/>
+      <c r="C21" s="5"/>
+      <c r="D21" s="35"/>
+      <c r="E21" s="21">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A22" s="45" t="s">
+        <v>94</v>
+      </c>
+      <c r="B22" s="5"/>
+      <c r="C22" s="5"/>
+      <c r="D22" s="35"/>
+      <c r="E22" s="21">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="23" spans="1:5" ht="30" x14ac:dyDescent="0.25">
+      <c r="A23" s="44" t="s">
         <v>86</v>
       </c>
-      <c r="B21" s="20" t="s">
+      <c r="B23" s="20" t="s">
         <v>95</v>
       </c>
-      <c r="C21" s="5">
+      <c r="C23" s="5">
         <v>22</v>
-      </c>
-[...30 lines deleted...]
-        <v>11</v>
       </c>
       <c r="D23" s="19"/>
       <c r="E23" s="21">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:5" ht="30" x14ac:dyDescent="0.25">
       <c r="A24" s="63" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B24" s="20" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="C24" s="5">
-        <v>60</v>
+        <v>16</v>
       </c>
       <c r="D24" s="19"/>
       <c r="E24" s="21">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="25" spans="1:5" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-        <f>SUM(E3:E24)</f>
+    <row r="25" spans="1:5" ht="30" x14ac:dyDescent="0.25">
+      <c r="A25" s="63" t="s">
+        <v>88</v>
+      </c>
+      <c r="B25" s="20" t="s">
+        <v>97</v>
+      </c>
+      <c r="C25" s="5">
+        <v>11</v>
+      </c>
+      <c r="D25" s="19"/>
+      <c r="E25" s="21">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5" ht="30" x14ac:dyDescent="0.25">
+      <c r="A26" s="63" t="s">
+        <v>89</v>
+      </c>
+      <c r="B26" s="20" t="s">
+        <v>96</v>
+      </c>
+      <c r="C26" s="5">
+        <v>60</v>
+      </c>
+      <c r="D26" s="19"/>
+      <c r="E26" s="21">
+        <f>C26*D26</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5" ht="30" x14ac:dyDescent="0.25">
+      <c r="A27" s="99" t="s">
+        <v>201</v>
+      </c>
+      <c r="B27" s="19"/>
+      <c r="C27" s="19"/>
+      <c r="D27" s="19"/>
+      <c r="E27" s="96">
+        <f>C27*D27</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A28" s="99" t="s">
+        <v>202</v>
+      </c>
+      <c r="B28" s="19"/>
+      <c r="C28" s="19"/>
+      <c r="D28" s="19"/>
+      <c r="E28" s="96">
+        <f>C28*D28</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="29" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A29" s="151" t="s">
+        <v>116</v>
+      </c>
+      <c r="B29" s="152"/>
+      <c r="C29" s="152"/>
+      <c r="D29" s="153"/>
+      <c r="E29" s="51">
+        <f>SUM(E3:E28)</f>
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:E1"/>
-    <mergeCell ref="A25:D25"/>
+    <mergeCell ref="A29:D29"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3ED37402-1172-4BA2-9864-980FD25DF4A5}">
   <dimension ref="A1:E12"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="G6" sqref="G6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="14" customWidth="1"/>
     <col min="4" max="4" width="31.42578125" customWidth="1"/>
     <col min="5" max="5" width="16.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="18.75" x14ac:dyDescent="0.3">
-      <c r="A1" s="138" t="s">
-[...5 lines deleted...]
-      <c r="E1" s="140"/>
+      <c r="A1" s="144" t="s">
+        <v>115</v>
+      </c>
+      <c r="B1" s="145"/>
+      <c r="C1" s="145"/>
+      <c r="D1" s="145"/>
+      <c r="E1" s="146"/>
     </row>
     <row r="2" spans="1:5" ht="30" x14ac:dyDescent="0.3">
       <c r="A2" s="33"/>
       <c r="B2" s="34"/>
       <c r="C2" s="79"/>
       <c r="D2" s="81"/>
       <c r="E2" s="15" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3" spans="1:5" ht="30" x14ac:dyDescent="0.25">
       <c r="A3" s="82" t="s">
         <v>6</v>
       </c>
       <c r="B3" s="80"/>
       <c r="C3" s="80"/>
       <c r="D3" s="38" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="E3" s="21"/>
     </row>
     <row r="4" spans="1:5" ht="30" x14ac:dyDescent="0.25">
       <c r="A4" s="83" t="s">
         <v>182</v>
       </c>
       <c r="B4" s="50"/>
       <c r="C4" s="50"/>
       <c r="D4" s="38" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="E4" s="21"/>
     </row>
     <row r="5" spans="1:5" ht="30" x14ac:dyDescent="0.25">
       <c r="A5" s="83" t="s">
         <v>183</v>
       </c>
       <c r="B5" s="50"/>
       <c r="C5" s="50"/>
       <c r="D5" s="38" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="E5" s="21"/>
     </row>
     <row r="6" spans="1:5" ht="30" x14ac:dyDescent="0.25">
       <c r="A6" s="83" t="s">
         <v>184</v>
       </c>
       <c r="B6" s="50"/>
       <c r="C6" s="50"/>
       <c r="D6" s="38" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="E6" s="21"/>
     </row>
     <row r="7" spans="1:5" ht="30" x14ac:dyDescent="0.25">
       <c r="A7" s="83" t="s">
         <v>185</v>
       </c>
       <c r="B7" s="50"/>
       <c r="C7" s="50"/>
       <c r="D7" s="38" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="E7" s="21"/>
     </row>
     <row r="8" spans="1:5" ht="36" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="83" t="s">
         <v>186</v>
       </c>
       <c r="B8" s="50"/>
       <c r="C8" s="50"/>
       <c r="D8" s="38" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="E8" s="21"/>
     </row>
     <row r="9" spans="1:5" ht="36" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="83" t="s">
         <v>189</v>
       </c>
       <c r="B9" s="50"/>
       <c r="C9" s="50"/>
       <c r="D9" s="38" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="E9" s="21"/>
     </row>
     <row r="10" spans="1:5" ht="36" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="83" t="s">
         <v>190</v>
       </c>
       <c r="B10" s="50"/>
       <c r="C10" s="50"/>
       <c r="D10" s="38" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="E10" s="21"/>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A11" s="83" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="B11" s="50"/>
       <c r="C11" s="50"/>
       <c r="D11" s="38"/>
       <c r="E11" s="21"/>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A12" s="145" t="s">
-[...4 lines deleted...]
-      <c r="D12" s="147"/>
+      <c r="A12" s="151" t="s">
+        <v>164</v>
+      </c>
+      <c r="B12" s="152"/>
+      <c r="C12" s="152"/>
+      <c r="D12" s="153"/>
       <c r="E12" s="51">
         <f>SUM(E3:E11)</f>
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A12:D12"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8576B4FE-C1CE-4F06-9AA4-7D5B63FB45D1}">
   <dimension ref="A1:E38"/>
   <sheetViews>
-    <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="E31" sqref="E31"/>
+    <sheetView topLeftCell="A5" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
+      <selection activeCell="P23" sqref="P23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="38.42578125" customWidth="1"/>
     <col min="2" max="2" width="11.5703125" style="44" customWidth="1"/>
     <col min="3" max="3" width="10.5703125" style="44" customWidth="1"/>
     <col min="4" max="4" width="10.7109375" style="44" customWidth="1"/>
     <col min="5" max="5" width="11" style="44" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
-      <c r="A1" s="122" t="s">
+      <c r="A1" s="128" t="s">
         <v>9</v>
       </c>
-      <c r="B1" s="123"/>
-[...2 lines deleted...]
-      <c r="E1" s="124"/>
+      <c r="B1" s="129"/>
+      <c r="C1" s="129"/>
+      <c r="D1" s="129"/>
+      <c r="E1" s="130"/>
     </row>
     <row r="2" spans="1:5" ht="30" x14ac:dyDescent="0.25">
       <c r="A2" s="66"/>
       <c r="B2" s="15" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="16" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="15" t="s">
         <v>91</v>
       </c>
       <c r="E2" s="56" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="67" t="s">
         <v>18</v>
       </c>
       <c r="B3" s="15"/>
       <c r="C3" s="16"/>
       <c r="D3" s="15"/>
       <c r="E3" s="57"/>
     </row>
     <row r="4" spans="1:5" ht="105" x14ac:dyDescent="0.25">
       <c r="A4" s="20" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C4" s="1">
         <v>1</v>
       </c>
       <c r="D4" s="3"/>
-      <c r="E4" s="94">
+      <c r="E4" s="43">
         <f>C4*D4</f>
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:5" ht="165" x14ac:dyDescent="0.25">
       <c r="A5" s="68" t="s">
         <v>81</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C5" s="1">
         <v>1</v>
       </c>
       <c r="D5" s="1"/>
-      <c r="E5" s="94">
+      <c r="E5" s="43">
         <f t="shared" ref="E5:E30" si="0">C5*D5</f>
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A6" s="68" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="B6" s="6" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="6"/>
-      <c r="E6" s="94">
+      <c r="E6" s="43">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A7" s="68" t="s">
         <v>14</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>3</v>
       </c>
       <c r="C7" s="1">
         <v>1</v>
       </c>
       <c r="D7" s="1"/>
-      <c r="E7" s="94">
+      <c r="E7" s="43">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:5" ht="30" x14ac:dyDescent="0.25">
       <c r="A8" s="30" t="s">
         <v>52</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>3</v>
       </c>
       <c r="C8" s="1">
         <v>1</v>
       </c>
       <c r="D8" s="1"/>
-      <c r="E8" s="94">
-[...4 lines deleted...]
-    <row r="9" spans="1:5" ht="30" x14ac:dyDescent="0.25">
+      <c r="E8" s="43">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A9" s="68" t="s">
         <v>32</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C9" s="1">
         <v>1</v>
       </c>
       <c r="D9" s="1"/>
-      <c r="E9" s="94">
+      <c r="E9" s="43">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A10" s="68" t="s">
         <v>48</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>3</v>
       </c>
       <c r="C10" s="1">
         <v>1</v>
       </c>
       <c r="D10" s="1"/>
-      <c r="E10" s="94">
+      <c r="E10" s="43">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A11" s="68" t="s">
         <v>17</v>
       </c>
       <c r="B11" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C11" s="1">
         <v>1</v>
       </c>
       <c r="D11" s="1"/>
-      <c r="E11" s="94">
+      <c r="E11" s="43">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:5" ht="60" x14ac:dyDescent="0.25">
       <c r="A12" s="10" t="s">
         <v>76</v>
       </c>
       <c r="B12" s="6" t="s">
         <v>4</v>
       </c>
       <c r="C12" s="6">
         <v>1</v>
       </c>
       <c r="D12" s="7"/>
-      <c r="E12" s="94">
+      <c r="E12" s="43">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A13" s="10" t="s">
         <v>33</v>
       </c>
       <c r="B13" s="6" t="s">
         <v>3</v>
       </c>
       <c r="C13" s="6">
         <v>1</v>
       </c>
       <c r="D13" s="7"/>
-      <c r="E13" s="94">
+      <c r="E13" s="43">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="14" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A14" s="69" t="s">
         <v>19</v>
       </c>
       <c r="B14" s="47"/>
       <c r="C14" s="16"/>
       <c r="D14" s="15"/>
       <c r="E14" s="57"/>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A15" s="41" t="s">
         <v>99</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>3</v>
       </c>
       <c r="C15" s="1">
         <v>1</v>
       </c>
       <c r="D15" s="1"/>
-      <c r="E15" s="94">
+      <c r="E15" s="43">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A16" s="41" t="s">
         <v>100</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>3</v>
       </c>
       <c r="C16" s="1">
         <v>1</v>
       </c>
       <c r="D16" s="1"/>
-      <c r="E16" s="94">
+      <c r="E16" s="43">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="41" t="s">
         <v>101</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>3</v>
       </c>
       <c r="C17" s="1">
         <v>1</v>
       </c>
       <c r="D17" s="1"/>
-      <c r="E17" s="94">
+      <c r="E17" s="43">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:5" ht="30" x14ac:dyDescent="0.25">
       <c r="A18" s="41" t="s">
         <v>102</v>
       </c>
       <c r="B18" s="1" t="s">
         <v>3</v>
       </c>
       <c r="C18" s="1">
         <v>1</v>
       </c>
       <c r="D18" s="1"/>
-      <c r="E18" s="94">
+      <c r="E18" s="43">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:5" ht="30" x14ac:dyDescent="0.25">
       <c r="A19" s="41" t="s">
         <v>12</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>3</v>
       </c>
       <c r="C19" s="1">
         <v>1</v>
       </c>
       <c r="D19" s="1"/>
-      <c r="E19" s="94">
+      <c r="E19" s="43">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:5" ht="60" x14ac:dyDescent="0.25">
       <c r="A20" s="68" t="s">
         <v>31</v>
       </c>
       <c r="B20" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C20" s="1">
         <v>1</v>
       </c>
       <c r="D20" s="1"/>
-      <c r="E20" s="94">
+      <c r="E20" s="43">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:5" ht="45" x14ac:dyDescent="0.25">
       <c r="A21" s="25" t="s">
         <v>22</v>
       </c>
       <c r="B21" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C21" s="1">
         <v>1</v>
       </c>
       <c r="D21" s="1"/>
-      <c r="E21" s="94">
+      <c r="E21" s="43">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A22" s="69" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="47"/>
       <c r="C22" s="47"/>
       <c r="D22" s="47"/>
       <c r="E22" s="57"/>
     </row>
     <row r="23" spans="1:5" ht="30" x14ac:dyDescent="0.25">
       <c r="A23" s="68" t="s">
         <v>57</v>
       </c>
-      <c r="B23" s="93" t="s">
+      <c r="B23" s="1" t="s">
         <v>192</v>
       </c>
       <c r="C23" s="1">
         <v>1</v>
       </c>
       <c r="D23" s="6"/>
-      <c r="E23" s="94">
+      <c r="E23" s="43">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="68" t="s">
         <v>5</v>
       </c>
-      <c r="B24" s="93" t="s">
+      <c r="B24" s="1" t="s">
         <v>192</v>
       </c>
       <c r="C24" s="1">
         <v>1</v>
       </c>
       <c r="D24" s="1"/>
-      <c r="E24" s="94">
+      <c r="E24" s="43">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="40" t="s">
         <v>7</v>
       </c>
       <c r="B25" s="1"/>
       <c r="C25" s="1"/>
       <c r="D25" s="1"/>
-      <c r="E25" s="94">
+      <c r="E25" s="43">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A26" s="70" t="s">
         <v>34</v>
       </c>
       <c r="B26" s="47"/>
       <c r="C26" s="47"/>
       <c r="D26" s="47"/>
       <c r="E26" s="57"/>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="41" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="B27" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C27" s="1">
         <v>1</v>
       </c>
       <c r="D27" s="1"/>
-      <c r="E27" s="94">
+      <c r="E27" s="43">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="41" t="s">
         <v>50</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>3</v>
       </c>
       <c r="C28" s="1">
         <v>1</v>
       </c>
       <c r="D28" s="1"/>
-      <c r="E28" s="94">
+      <c r="E28" s="43">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="5" t="s">
         <v>49</v>
       </c>
       <c r="B29" s="1" t="s">
         <v>3</v>
       </c>
       <c r="C29" s="1">
         <v>1</v>
       </c>
       <c r="D29" s="1"/>
-      <c r="E29" s="94">
+      <c r="E29" s="43">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A30" s="5" t="s">
         <v>72</v>
       </c>
       <c r="B30" s="1" t="s">
         <v>3</v>
       </c>
       <c r="C30" s="64">
         <v>1</v>
       </c>
       <c r="D30" s="1"/>
-      <c r="E30" s="94">
+      <c r="E30" s="43">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A31" s="125" t="s">
+      <c r="A31" s="131" t="s">
         <v>20</v>
       </c>
-      <c r="B31" s="126"/>
-      <c r="C31" s="127"/>
+      <c r="B31" s="132"/>
+      <c r="C31" s="133"/>
       <c r="D31" s="65"/>
       <c r="E31" s="57">
         <f>SUM(E4:E13,E15:E21,E23:E25,E27:E30)</f>
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A33" s="128" t="s">
-[...5 lines deleted...]
-      <c r="E33" s="128"/>
+      <c r="A33" s="134" t="s">
+        <v>119</v>
+      </c>
+      <c r="B33" s="134"/>
+      <c r="C33" s="134"/>
+      <c r="D33" s="134"/>
+      <c r="E33" s="134"/>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A34" s="128"/>
-[...3 lines deleted...]
-      <c r="E34" s="128"/>
+      <c r="A34" s="134"/>
+      <c r="B34" s="134"/>
+      <c r="C34" s="134"/>
+      <c r="D34" s="134"/>
+      <c r="E34" s="134"/>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A35" s="128"/>
-[...3 lines deleted...]
-      <c r="E35" s="128"/>
+      <c r="A35" s="134"/>
+      <c r="B35" s="134"/>
+      <c r="C35" s="134"/>
+      <c r="D35" s="134"/>
+      <c r="E35" s="134"/>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A36" s="128"/>
-[...3 lines deleted...]
-      <c r="E36" s="128"/>
+      <c r="A36" s="134"/>
+      <c r="B36" s="134"/>
+      <c r="C36" s="134"/>
+      <c r="D36" s="134"/>
+      <c r="E36" s="134"/>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="71"/>
       <c r="B37" s="71"/>
       <c r="C37" s="71"/>
       <c r="D37" s="71"/>
       <c r="E37" s="71"/>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
       <c r="C38" s="44" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A31:C31"/>
     <mergeCell ref="A33:E36"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D9C43A2C-E445-423B-8455-F1FB2BBC445C}">
   <dimension ref="A1:E35"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="B21" sqref="B21:C22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="36.140625" style="44" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
-      <c r="A1" s="129" t="s">
+      <c r="A1" s="135" t="s">
         <v>23</v>
       </c>
-      <c r="B1" s="130"/>
-[...2 lines deleted...]
-      <c r="E1" s="131"/>
+      <c r="B1" s="136"/>
+      <c r="C1" s="136"/>
+      <c r="D1" s="136"/>
+      <c r="E1" s="137"/>
     </row>
     <row r="2" spans="1:5" ht="30" x14ac:dyDescent="0.25">
       <c r="A2" s="63"/>
       <c r="B2" s="15" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="16" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="15" t="s">
         <v>91</v>
       </c>
       <c r="E2" s="22" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="13" t="s">
         <v>18</v>
       </c>
       <c r="B3" s="15"/>
       <c r="C3" s="16"/>
       <c r="D3" s="15"/>
       <c r="E3" s="24"/>
     </row>
@@ -6042,54 +6175,54 @@
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="21">
         <f>C4*D4</f>
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:5" ht="195" x14ac:dyDescent="0.25">
       <c r="A5" s="38" t="s">
         <v>82</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C5" s="1">
         <v>1</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="21">
         <f t="shared" ref="E5:E13" si="0">C5*D5</f>
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A6" s="38" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="B6" s="6" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="C6" s="8"/>
       <c r="D6" s="27"/>
       <c r="E6" s="21">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A7" s="38" t="s">
         <v>14</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>3</v>
       </c>
       <c r="C7" s="2">
         <v>1</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="21">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:5" ht="30" x14ac:dyDescent="0.25">
@@ -6268,104 +6401,104 @@
       <c r="B19" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C19" s="1">
         <v>1</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="21">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A20" s="14" t="s">
         <v>21</v>
       </c>
       <c r="B20" s="47"/>
       <c r="C20" s="29"/>
       <c r="D20" s="29"/>
       <c r="E20" s="24"/>
     </row>
     <row r="21" spans="1:5" ht="30" x14ac:dyDescent="0.25">
       <c r="A21" s="38" t="s">
         <v>57</v>
       </c>
-      <c r="B21" s="93" t="s">
+      <c r="B21" s="1" t="s">
         <v>192</v>
       </c>
       <c r="C21" s="8">
         <v>1</v>
       </c>
       <c r="D21" s="8"/>
       <c r="E21" s="21">
         <f>C21*D21</f>
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="38" t="s">
         <v>5</v>
       </c>
-      <c r="B22" s="93" t="s">
+      <c r="B22" s="1" t="s">
         <v>192</v>
       </c>
       <c r="C22" s="2">
         <v>1</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="21">
         <f t="shared" ref="E22:E23" si="2">C22*D22</f>
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="62" t="s">
         <v>7</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C23" s="2"/>
       <c r="D23" s="2"/>
       <c r="E23" s="21">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A24" s="17" t="s">
         <v>34</v>
       </c>
       <c r="B24" s="47"/>
       <c r="C24" s="29"/>
       <c r="D24" s="29"/>
       <c r="E24" s="24"/>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="39" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C25" s="1">
         <v>1</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="21">
         <f>C25*D25</f>
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="39" t="s">
         <v>50</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>3</v>
       </c>
       <c r="C26" s="2">
         <v>1</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="21">
@@ -6384,188 +6517,188 @@
         <v>1</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="21">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="63" t="s">
         <v>72</v>
       </c>
       <c r="B28" s="1" t="s">
         <v>3</v>
       </c>
       <c r="C28" s="2">
         <v>1</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="21">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A29" s="125" t="s">
+      <c r="A29" s="131" t="s">
         <v>20</v>
       </c>
-      <c r="B29" s="126"/>
-[...1 lines deleted...]
-      <c r="D29" s="127"/>
+      <c r="B29" s="132"/>
+      <c r="C29" s="132"/>
+      <c r="D29" s="133"/>
       <c r="E29" s="24">
         <f>SUM(E4:E13,E15:E19,E21:E23,E25:E28)</f>
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A32" s="128" t="s">
-[...5 lines deleted...]
-      <c r="E32" s="128"/>
+      <c r="A32" s="134" t="s">
+        <v>119</v>
+      </c>
+      <c r="B32" s="134"/>
+      <c r="C32" s="134"/>
+      <c r="D32" s="134"/>
+      <c r="E32" s="134"/>
     </row>
     <row r="33" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A33" s="128"/>
-[...3 lines deleted...]
-      <c r="E33" s="128"/>
+      <c r="A33" s="134"/>
+      <c r="B33" s="134"/>
+      <c r="C33" s="134"/>
+      <c r="D33" s="134"/>
+      <c r="E33" s="134"/>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A34" s="128"/>
-[...3 lines deleted...]
-      <c r="E34" s="128"/>
+      <c r="A34" s="134"/>
+      <c r="B34" s="134"/>
+      <c r="C34" s="134"/>
+      <c r="D34" s="134"/>
+      <c r="E34" s="134"/>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A35" s="128"/>
-[...3 lines deleted...]
-      <c r="E35" s="128"/>
+      <c r="A35" s="134"/>
+      <c r="B35" s="134"/>
+      <c r="C35" s="134"/>
+      <c r="D35" s="134"/>
+      <c r="E35" s="134"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A29:D29"/>
     <mergeCell ref="A32:E35"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E97585A9-DA89-4683-B3A0-D65465469D65}">
-  <dimension ref="A1:E37"/>
+  <dimension ref="A1:E38"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="E25" sqref="E25"/>
+    <sheetView topLeftCell="A5" workbookViewId="0">
+      <selection activeCell="I23" sqref="I23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="34.42578125" style="44" customWidth="1"/>
     <col min="3" max="3" width="13.140625" customWidth="1"/>
     <col min="4" max="4" width="12.140625" customWidth="1"/>
     <col min="5" max="5" width="12.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
-      <c r="A1" s="129" t="s">
+      <c r="A1" s="135" t="s">
         <v>24</v>
       </c>
-      <c r="B1" s="130"/>
-[...2 lines deleted...]
-      <c r="E1" s="131"/>
+      <c r="B1" s="136"/>
+      <c r="C1" s="136"/>
+      <c r="D1" s="136"/>
+      <c r="E1" s="137"/>
     </row>
     <row r="2" spans="1:5" ht="30" x14ac:dyDescent="0.25">
       <c r="A2" s="63"/>
       <c r="B2" s="15" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="16" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="15" t="s">
         <v>91</v>
       </c>
       <c r="E2" s="28" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="13" t="s">
         <v>18</v>
       </c>
       <c r="B3" s="15"/>
       <c r="C3" s="16"/>
       <c r="D3" s="15"/>
       <c r="E3" s="24"/>
     </row>
     <row r="4" spans="1:5" ht="120" x14ac:dyDescent="0.25">
       <c r="A4" s="58" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C4" s="1">
         <v>1</v>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="21">
         <f>C4*D4</f>
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:5" ht="195" x14ac:dyDescent="0.25">
       <c r="A5" s="38" t="s">
         <v>83</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C5" s="1">
         <v>1</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="21">
         <f t="shared" ref="E5:E13" si="0">C5*D5</f>
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A6" s="38" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="B6" s="6" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="C6" s="8"/>
       <c r="D6" s="27"/>
       <c r="E6" s="21">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A7" s="38" t="s">
         <v>14</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>3</v>
       </c>
       <c r="C7" s="2">
         <v>1</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="21">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:5" ht="30" x14ac:dyDescent="0.25">
@@ -6679,51 +6812,51 @@
       </c>
       <c r="B15" s="1" t="s">
         <v>3</v>
       </c>
       <c r="C15" s="2">
         <v>1</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="21">
         <f>C15*D15</f>
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A16" s="39" t="s">
         <v>11</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>3</v>
       </c>
       <c r="C16" s="2">
         <v>1</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="21">
-        <f t="shared" ref="E16:E20" si="1">C16*D16</f>
+        <f t="shared" ref="E16:E21" si="1">C16*D16</f>
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="39" t="s">
         <v>101</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>3</v>
       </c>
       <c r="C17" s="2">
         <v>1</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="21">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:5" ht="30" x14ac:dyDescent="0.25">
       <c r="A18" s="38" t="s">
         <v>104</v>
       </c>
       <c r="B18" s="1" t="s">
         <v>3</v>
@@ -6731,271 +6864,287 @@
       <c r="C18" s="1">
         <v>1</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="21">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="1:5" ht="30" x14ac:dyDescent="0.25">
       <c r="A19" s="38" t="s">
         <v>105</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>3</v>
       </c>
       <c r="C19" s="1">
         <v>2</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="21">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="20" spans="1:5" ht="75" x14ac:dyDescent="0.25">
-      <c r="A20" s="38" t="s">
+    <row r="20" spans="1:5" ht="30" x14ac:dyDescent="0.25">
+      <c r="A20" s="93" t="s">
+        <v>194</v>
+      </c>
+      <c r="B20" s="94" t="s">
+        <v>3</v>
+      </c>
+      <c r="C20" s="94">
+        <v>1</v>
+      </c>
+      <c r="D20" s="2"/>
+      <c r="E20" s="96">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5" ht="75" x14ac:dyDescent="0.25">
+      <c r="A21" s="38" t="s">
         <v>13</v>
       </c>
-      <c r="B20" s="1" t="s">
+      <c r="B21" s="1" t="s">
         <v>4</v>
       </c>
-      <c r="C20" s="1">
-[...3 lines deleted...]
-      <c r="E20" s="21">
+      <c r="C21" s="1">
+        <v>1</v>
+      </c>
+      <c r="D21" s="2"/>
+      <c r="E21" s="21">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="21" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A21" s="14" t="s">
+    <row r="22" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A22" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="B21" s="47"/>
-[...5 lines deleted...]
-      <c r="A22" s="38" t="s">
+      <c r="B22" s="47"/>
+      <c r="C22" s="29"/>
+      <c r="D22" s="29"/>
+      <c r="E22" s="24"/>
+    </row>
+    <row r="23" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A23" s="38" t="s">
         <v>57</v>
       </c>
-      <c r="B22" s="93" t="s">
+      <c r="B23" s="1" t="s">
         <v>192</v>
       </c>
-      <c r="C22" s="8">
-[...15 lines deleted...]
-      <c r="C23" s="2">
+      <c r="C23" s="8">
         <v>1</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="21">
-        <f t="shared" ref="E23:E24" si="2">C23*D23</f>
+        <f>C23*D23</f>
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A24" s="62" t="s">
-        <v>7</v>
+      <c r="A24" s="38" t="s">
+        <v>5</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="C24" s="2"/>
+        <v>192</v>
+      </c>
+      <c r="C24" s="2">
+        <v>1</v>
+      </c>
       <c r="D24" s="2"/>
       <c r="E24" s="21">
+        <f t="shared" ref="E24:E25" si="2">C24*D24</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A25" s="62" t="s">
+        <v>7</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="C25" s="2"/>
+      <c r="D25" s="2"/>
+      <c r="E25" s="21">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
-    <row r="25" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A25" s="17" t="s">
+    <row r="26" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A26" s="17" t="s">
         <v>34</v>
       </c>
-      <c r="B25" s="47"/>
-[...18 lines deleted...]
-      </c>
+      <c r="B26" s="47"/>
+      <c r="C26" s="29"/>
+      <c r="D26" s="29"/>
+      <c r="E26" s="24"/>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="39" t="s">
-        <v>50</v>
+        <v>121</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>3</v>
-[...1 lines deleted...]
-      <c r="C27" s="2">
+        <v>4</v>
+      </c>
+      <c r="C27" s="1">
         <v>1</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="21">
-        <f t="shared" ref="E27:E29" si="3">C27*D27</f>
+        <f>C27*D27</f>
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A28" s="63" t="s">
-[...2 lines deleted...]
-      <c r="B28" s="2" t="s">
+      <c r="A28" s="39" t="s">
+        <v>50</v>
+      </c>
+      <c r="B28" s="1" t="s">
         <v>3</v>
       </c>
       <c r="C28" s="2">
         <v>1</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="21">
-        <f t="shared" si="3"/>
+        <f t="shared" ref="E28:E30" si="3">C28*D28</f>
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="63" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C29" s="2">
         <v>1</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="21">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A30" s="125" t="s">
+      <c r="A30" s="63" t="s">
+        <v>51</v>
+      </c>
+      <c r="B30" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="C30" s="2">
+        <v>1</v>
+      </c>
+      <c r="D30" s="2"/>
+      <c r="E30" s="21">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="31" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A31" s="131" t="s">
         <v>20</v>
       </c>
-      <c r="B30" s="126"/>
-[...21 lines deleted...]
-      <c r="E35" s="128"/>
+      <c r="B31" s="132"/>
+      <c r="C31" s="132"/>
+      <c r="D31" s="133"/>
+      <c r="E31" s="24">
+        <f>SUM(E4:E13,E15:E21,E23:E25,E27:E30)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="35" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="134" t="s">
+        <v>119</v>
+      </c>
+      <c r="B35" s="134"/>
+      <c r="C35" s="134"/>
+      <c r="D35" s="134"/>
+      <c r="E35" s="134"/>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A36" s="128"/>
-[...3 lines deleted...]
-      <c r="E36" s="128"/>
+      <c r="A36" s="134"/>
+      <c r="B36" s="134"/>
+      <c r="C36" s="134"/>
+      <c r="D36" s="134"/>
+      <c r="E36" s="134"/>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A37" s="128"/>
-[...3 lines deleted...]
-      <c r="E37" s="128"/>
+      <c r="A37" s="134"/>
+      <c r="B37" s="134"/>
+      <c r="C37" s="134"/>
+      <c r="D37" s="134"/>
+      <c r="E37" s="134"/>
+    </row>
+    <row r="38" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A38" s="134"/>
+      <c r="B38" s="134"/>
+      <c r="C38" s="134"/>
+      <c r="D38" s="134"/>
+      <c r="E38" s="134"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:E1"/>
-    <mergeCell ref="A30:D30"/>
-    <mergeCell ref="A34:E37"/>
+    <mergeCell ref="A31:D31"/>
+    <mergeCell ref="A35:E38"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8397CB1E-E759-4EF3-8ECC-AFC708A904BD}">
   <dimension ref="A1:E39"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="D19" sqref="D19"/>
+    <sheetView topLeftCell="A15" workbookViewId="0">
+      <selection activeCell="B24" sqref="B24:C25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="38.7109375" style="44" customWidth="1"/>
     <col min="2" max="2" width="10.5703125" customWidth="1"/>
     <col min="3" max="3" width="10" customWidth="1"/>
     <col min="4" max="4" width="10.5703125" customWidth="1"/>
     <col min="5" max="5" width="10.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="18.75" x14ac:dyDescent="0.25">
-      <c r="A1" s="129" t="s">
+      <c r="A1" s="135" t="s">
         <v>25</v>
       </c>
-      <c r="B1" s="130"/>
-[...2 lines deleted...]
-      <c r="E1" s="131"/>
+      <c r="B1" s="136"/>
+      <c r="C1" s="136"/>
+      <c r="D1" s="136"/>
+      <c r="E1" s="137"/>
     </row>
     <row r="2" spans="1:5" ht="30" x14ac:dyDescent="0.25">
       <c r="A2" s="63"/>
       <c r="B2" s="15" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="16" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="31" t="s">
         <v>91</v>
       </c>
       <c r="E2" s="15" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="13" t="s">
         <v>18</v>
       </c>
       <c r="B3" s="15"/>
       <c r="C3" s="16"/>
       <c r="D3" s="15"/>
       <c r="E3" s="24"/>
     </row>
@@ -7011,54 +7160,54 @@
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="21">
         <f>C4*D4</f>
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:5" ht="165" x14ac:dyDescent="0.25">
       <c r="A5" s="38" t="s">
         <v>83</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C5" s="1">
         <v>1</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="21">
         <f t="shared" ref="E5:E13" si="0">C5*D5</f>
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A6" s="38" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="B6" s="6" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="C6" s="8"/>
       <c r="D6" s="27"/>
       <c r="E6" s="21">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A7" s="38" t="s">
         <v>14</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>3</v>
       </c>
       <c r="C7" s="2">
         <v>1</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="21">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:5" ht="30" x14ac:dyDescent="0.25">
@@ -7285,104 +7434,104 @@
       <c r="B22" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C22" s="1">
         <v>1</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="21">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A23" s="14" t="s">
         <v>21</v>
       </c>
       <c r="B23" s="47"/>
       <c r="C23" s="47"/>
       <c r="D23" s="29"/>
       <c r="E23" s="24"/>
     </row>
     <row r="24" spans="1:5" ht="30" x14ac:dyDescent="0.25">
       <c r="A24" s="38" t="s">
         <v>57</v>
       </c>
-      <c r="B24" s="93" t="s">
+      <c r="B24" s="1" t="s">
         <v>192</v>
       </c>
       <c r="C24" s="8">
         <v>1</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="21">
         <f>C24*D24</f>
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="38" t="s">
         <v>5</v>
       </c>
-      <c r="B25" s="93" t="s">
+      <c r="B25" s="1" t="s">
         <v>192</v>
       </c>
       <c r="C25" s="2">
         <v>1</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="21">
         <f t="shared" ref="E25:E26" si="2">C25*D25</f>
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="62" t="s">
         <v>7</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C26" s="1"/>
       <c r="D26" s="2"/>
       <c r="E26" s="21">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A27" s="17" t="s">
         <v>34</v>
       </c>
       <c r="B27" s="23"/>
       <c r="C27" s="29"/>
       <c r="D27" s="29"/>
       <c r="E27" s="24"/>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="39" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>4</v>
       </c>
       <c r="C28" s="2">
         <v>1</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="21">
         <f>C28*D28</f>
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="39" t="s">
         <v>50</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C29" s="2">
         <v>1</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="21">
@@ -7401,186 +7550,186 @@
         <v>1</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="21">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="63" t="s">
         <v>51</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C31" s="2">
         <v>1</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="21">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A32" s="125" t="s">
+      <c r="A32" s="131" t="s">
         <v>20</v>
       </c>
-      <c r="B32" s="126"/>
-[...1 lines deleted...]
-      <c r="D32" s="127"/>
+      <c r="B32" s="132"/>
+      <c r="C32" s="132"/>
+      <c r="D32" s="133"/>
       <c r="E32" s="24">
         <f>SUM(E4:E13,E15:E22,E24:E26,E28:E31)</f>
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A36" s="128" t="s">
-[...5 lines deleted...]
-      <c r="E36" s="128"/>
+      <c r="A36" s="134" t="s">
+        <v>119</v>
+      </c>
+      <c r="B36" s="134"/>
+      <c r="C36" s="134"/>
+      <c r="D36" s="134"/>
+      <c r="E36" s="134"/>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A37" s="128"/>
-[...3 lines deleted...]
-      <c r="E37" s="128"/>
+      <c r="A37" s="134"/>
+      <c r="B37" s="134"/>
+      <c r="C37" s="134"/>
+      <c r="D37" s="134"/>
+      <c r="E37" s="134"/>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A38" s="128"/>
-[...3 lines deleted...]
-      <c r="E38" s="128"/>
+      <c r="A38" s="134"/>
+      <c r="B38" s="134"/>
+      <c r="C38" s="134"/>
+      <c r="D38" s="134"/>
+      <c r="E38" s="134"/>
     </row>
     <row r="39" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A39" s="128"/>
-[...3 lines deleted...]
-      <c r="E39" s="128"/>
+      <c r="A39" s="134"/>
+      <c r="B39" s="134"/>
+      <c r="C39" s="134"/>
+      <c r="D39" s="134"/>
+      <c r="E39" s="134"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A32:D32"/>
     <mergeCell ref="A36:E39"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9109955C-B7AE-40CE-92F4-5BDAD89C3B8E}">
-  <dimension ref="A1:E40"/>
+  <dimension ref="A1:E44"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="B26" sqref="B26:C27"/>
+    <sheetView topLeftCell="A23" workbookViewId="0">
+      <selection activeCell="E39" sqref="E39"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="31.42578125" style="44" customWidth="1"/>
     <col min="5" max="5" width="13.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="132" t="s">
+      <c r="A1" s="138" t="s">
         <v>26</v>
       </c>
-      <c r="B1" s="133"/>
-[...2 lines deleted...]
-      <c r="E1" s="134"/>
+      <c r="B1" s="139"/>
+      <c r="C1" s="139"/>
+      <c r="D1" s="139"/>
+      <c r="E1" s="140"/>
     </row>
     <row r="2" spans="1:5" ht="30" x14ac:dyDescent="0.25">
       <c r="A2" s="63"/>
       <c r="B2" s="15" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="16" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="15" t="s">
         <v>91</v>
       </c>
       <c r="E2" s="15" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="13" t="s">
         <v>18</v>
       </c>
       <c r="B3" s="15"/>
       <c r="C3" s="16"/>
       <c r="D3" s="15"/>
       <c r="E3" s="24"/>
     </row>
     <row r="4" spans="1:5" ht="135" x14ac:dyDescent="0.25">
       <c r="A4" s="58" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="B4" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C4" s="1">
         <v>1</v>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="21">
         <f>C4*D4</f>
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:5" ht="210" x14ac:dyDescent="0.25">
       <c r="A5" s="38" t="s">
         <v>90</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C5" s="1">
         <v>1</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="21">
-        <f t="shared" ref="E5:E24" si="0">C5*D5</f>
+        <f t="shared" ref="E5:E28" si="0">C5*D5</f>
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A6" s="38" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="B6" s="6" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="C6" s="8"/>
       <c r="D6" s="32"/>
       <c r="E6" s="21">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A7" s="38" t="s">
         <v>14</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>3</v>
       </c>
       <c r="C7" s="2">
         <v>1</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="21">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:5" ht="30" x14ac:dyDescent="0.25">
@@ -7810,267 +7959,331 @@
       <c r="C22" s="1">
         <v>1</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="21">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:5" ht="30" x14ac:dyDescent="0.25">
       <c r="A23" s="72" t="s">
         <v>85</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>3</v>
       </c>
       <c r="C23" s="1">
         <v>2</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="21">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
-    <row r="24" spans="1:5" ht="75" x14ac:dyDescent="0.25">
-      <c r="A24" s="38" t="s">
+    <row r="24" spans="1:5" ht="30" x14ac:dyDescent="0.25">
+      <c r="A24" s="95" t="s">
+        <v>195</v>
+      </c>
+      <c r="B24" s="94" t="s">
+        <v>3</v>
+      </c>
+      <c r="C24" s="94">
+        <v>1</v>
+      </c>
+      <c r="D24" s="2"/>
+      <c r="E24" s="96">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5" ht="30" x14ac:dyDescent="0.25">
+      <c r="A25" s="95" t="s">
+        <v>196</v>
+      </c>
+      <c r="B25" s="94" t="s">
+        <v>3</v>
+      </c>
+      <c r="C25" s="94">
+        <v>1</v>
+      </c>
+      <c r="D25" s="2"/>
+      <c r="E25" s="96">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5" ht="30" x14ac:dyDescent="0.25">
+      <c r="A26" s="95" t="s">
+        <v>194</v>
+      </c>
+      <c r="B26" s="94" t="s">
+        <v>3</v>
+      </c>
+      <c r="C26" s="94">
+        <v>1</v>
+      </c>
+      <c r="D26" s="2"/>
+      <c r="E26" s="96">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5" ht="30" x14ac:dyDescent="0.25">
+      <c r="A27" s="95" t="s">
+        <v>197</v>
+      </c>
+      <c r="B27" s="94" t="s">
+        <v>3</v>
+      </c>
+      <c r="C27" s="94">
+        <v>1</v>
+      </c>
+      <c r="D27" s="2"/>
+      <c r="E27" s="96">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5" ht="75" x14ac:dyDescent="0.25">
+      <c r="A28" s="38" t="s">
         <v>13</v>
       </c>
-      <c r="B24" s="1" t="s">
+      <c r="B28" s="1" t="s">
         <v>4</v>
       </c>
-      <c r="C24" s="1">
-[...56 lines deleted...]
-      <c r="C28" s="2"/>
+      <c r="C28" s="1">
+        <v>1</v>
+      </c>
       <c r="D28" s="2"/>
       <c r="E28" s="21">
-        <f t="shared" si="1"/>
+        <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A29" s="17" t="s">
-        <v>34</v>
+      <c r="A29" s="14" t="s">
+        <v>21</v>
       </c>
       <c r="B29" s="47"/>
-      <c r="C29" s="29"/>
+      <c r="C29" s="47"/>
       <c r="D29" s="29"/>
       <c r="E29" s="24"/>
     </row>
-    <row r="30" spans="1:5" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="C30" s="1">
+    <row r="30" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A30" s="38" t="s">
+        <v>68</v>
+      </c>
+      <c r="B30" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="C30" s="8">
         <v>1</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="21">
         <f>C30*D30</f>
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A31" s="39" t="s">
-[...3 lines deleted...]
-        <v>3</v>
+      <c r="A31" s="38" t="s">
+        <v>5</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>192</v>
       </c>
       <c r="C31" s="2">
         <v>1</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="21">
-        <f t="shared" ref="E31:E33" si="2">C31*D31</f>
+        <f t="shared" ref="E31:E32" si="1">C31*D31</f>
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A32" s="63" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="A32" s="62" t="s">
+        <v>7</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="C32" s="2"/>
       <c r="D32" s="2"/>
       <c r="E32" s="21">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A33" s="17" t="s">
+        <v>34</v>
+      </c>
+      <c r="B33" s="47"/>
+      <c r="C33" s="29"/>
+      <c r="D33" s="29"/>
+      <c r="E33" s="24"/>
+    </row>
+    <row r="34" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A34" s="39" t="s">
+        <v>121</v>
+      </c>
+      <c r="B34" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="C34" s="1">
+        <v>1</v>
+      </c>
+      <c r="D34" s="2"/>
+      <c r="E34" s="21">
+        <f>C34*D34</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="35" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A35" s="39" t="s">
+        <v>50</v>
+      </c>
+      <c r="B35" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="C35" s="2">
+        <v>1</v>
+      </c>
+      <c r="D35" s="2"/>
+      <c r="E35" s="21">
+        <f t="shared" ref="E35:E37" si="2">C35*D35</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="36" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A36" s="63" t="s">
+        <v>49</v>
+      </c>
+      <c r="B36" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="C36" s="2">
+        <v>1</v>
+      </c>
+      <c r="D36" s="2"/>
+      <c r="E36" s="21">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
-    <row r="33" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A33" s="63" t="s">
+    <row r="37" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A37" s="63" t="s">
         <v>51</v>
       </c>
-      <c r="B33" s="2" t="s">
-[...6 lines deleted...]
-      <c r="E33" s="21">
+      <c r="B37" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="C37" s="2">
+        <v>1</v>
+      </c>
+      <c r="D37" s="2"/>
+      <c r="E37" s="21">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
-    <row r="34" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A34" s="125" t="s">
+    <row r="38" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A38" s="131" t="s">
         <v>20</v>
       </c>
-      <c r="B34" s="126"/>
-[...35 lines deleted...]
-      <c r="E40" s="128"/>
+      <c r="B38" s="132"/>
+      <c r="C38" s="132"/>
+      <c r="D38" s="133"/>
+      <c r="E38" s="24">
+        <f>SUM(E4:E12,E14:E28,E30:E32,E34:E37)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="41" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="134" t="s">
+        <v>119</v>
+      </c>
+      <c r="B41" s="134"/>
+      <c r="C41" s="134"/>
+      <c r="D41" s="134"/>
+      <c r="E41" s="134"/>
+    </row>
+    <row r="42" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A42" s="134"/>
+      <c r="B42" s="134"/>
+      <c r="C42" s="134"/>
+      <c r="D42" s="134"/>
+      <c r="E42" s="134"/>
+    </row>
+    <row r="43" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A43" s="134"/>
+      <c r="B43" s="134"/>
+      <c r="C43" s="134"/>
+      <c r="D43" s="134"/>
+      <c r="E43" s="134"/>
+    </row>
+    <row r="44" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A44" s="134"/>
+      <c r="B44" s="134"/>
+      <c r="C44" s="134"/>
+      <c r="D44" s="134"/>
+      <c r="E44" s="134"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:E1"/>
-    <mergeCell ref="A34:D34"/>
-    <mergeCell ref="A37:E40"/>
+    <mergeCell ref="A38:D38"/>
+    <mergeCell ref="A41:E44"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DBF06F5C-1BF4-41F0-84C7-50F8E07A4627}">
   <dimension ref="A1:E36"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
+    <sheetView topLeftCell="A12" workbookViewId="0">
       <selection activeCell="B22" sqref="B22:C23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="34" style="44" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="135" t="s">
+      <c r="A1" s="141" t="s">
         <v>27</v>
       </c>
-      <c r="B1" s="135"/>
-[...2 lines deleted...]
-      <c r="E1" s="135"/>
+      <c r="B1" s="141"/>
+      <c r="C1" s="141"/>
+      <c r="D1" s="141"/>
+      <c r="E1" s="141"/>
     </row>
     <row r="2" spans="1:5" ht="30" x14ac:dyDescent="0.25">
       <c r="A2" s="63"/>
       <c r="B2" s="15" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="16" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="15" t="s">
         <v>91</v>
       </c>
       <c r="E2" s="15" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="13" t="s">
         <v>18</v>
       </c>
       <c r="B3" s="15"/>
       <c r="C3" s="16"/>
       <c r="D3" s="15"/>
       <c r="E3" s="24"/>
     </row>
@@ -8086,54 +8299,54 @@
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="21">
         <f>C4*D4</f>
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:5" ht="195" x14ac:dyDescent="0.25">
       <c r="A5" s="38" t="s">
         <v>83</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C5" s="1">
         <v>1</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="21">
         <f t="shared" ref="E5:E13" si="0">C5*D5</f>
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A6" s="38" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="B6" s="6" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="C6" s="8"/>
       <c r="D6" s="32"/>
       <c r="E6" s="21">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A7" s="38" t="s">
         <v>14</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>3</v>
       </c>
       <c r="C7" s="2">
         <v>1</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="21">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:5" ht="30" x14ac:dyDescent="0.25">
@@ -8328,104 +8541,104 @@
       <c r="B20" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C20" s="1">
         <v>1</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="21">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A21" s="14" t="s">
         <v>21</v>
       </c>
       <c r="B21" s="47"/>
       <c r="C21" s="29"/>
       <c r="D21" s="29"/>
       <c r="E21" s="24"/>
     </row>
     <row r="22" spans="1:5" ht="45" x14ac:dyDescent="0.25">
       <c r="A22" s="38" t="s">
         <v>57</v>
       </c>
-      <c r="B22" s="93" t="s">
+      <c r="B22" s="1" t="s">
         <v>192</v>
       </c>
       <c r="C22" s="8">
         <v>1</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="21">
         <f>C22*D22</f>
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="38" t="s">
         <v>5</v>
       </c>
-      <c r="B23" s="93" t="s">
+      <c r="B23" s="1" t="s">
         <v>192</v>
       </c>
       <c r="C23" s="2">
         <v>1</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="21">
         <f t="shared" ref="E23:E24" si="2">C23*D23</f>
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A24" s="62" t="s">
         <v>7</v>
       </c>
       <c r="B24" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C24" s="2"/>
       <c r="D24" s="2"/>
       <c r="E24" s="21">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A25" s="17" t="s">
         <v>34</v>
       </c>
       <c r="B25" s="23"/>
       <c r="C25" s="29"/>
       <c r="D25" s="29"/>
       <c r="E25" s="24"/>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A26" s="39" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="B26" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C26" s="1">
         <v>1</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="21">
         <f>C26*D26</f>
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A27" s="39" t="s">
         <v>50</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C27" s="2">
         <v>1</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="21">
@@ -8444,123 +8657,123 @@
         <v>1</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="21">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="63" t="s">
         <v>51</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C29" s="2">
         <v>1</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="21">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A30" s="125" t="s">
+      <c r="A30" s="131" t="s">
         <v>20</v>
       </c>
-      <c r="B30" s="126"/>
-[...1 lines deleted...]
-      <c r="D30" s="127"/>
+      <c r="B30" s="132"/>
+      <c r="C30" s="132"/>
+      <c r="D30" s="133"/>
       <c r="E30" s="24">
         <f>SUM(E4:E13,E15:E20,E22:E24,E26:E29)</f>
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A33" s="128" t="s">
-[...5 lines deleted...]
-      <c r="E33" s="128"/>
+      <c r="A33" s="134" t="s">
+        <v>119</v>
+      </c>
+      <c r="B33" s="134"/>
+      <c r="C33" s="134"/>
+      <c r="D33" s="134"/>
+      <c r="E33" s="134"/>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A34" s="128"/>
-[...3 lines deleted...]
-      <c r="E34" s="128"/>
+      <c r="A34" s="134"/>
+      <c r="B34" s="134"/>
+      <c r="C34" s="134"/>
+      <c r="D34" s="134"/>
+      <c r="E34" s="134"/>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A35" s="128"/>
-[...3 lines deleted...]
-      <c r="E35" s="128"/>
+      <c r="A35" s="134"/>
+      <c r="B35" s="134"/>
+      <c r="C35" s="134"/>
+      <c r="D35" s="134"/>
+      <c r="E35" s="134"/>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A36" s="128"/>
-[...3 lines deleted...]
-      <c r="E36" s="128"/>
+      <c r="A36" s="134"/>
+      <c r="B36" s="134"/>
+      <c r="C36" s="134"/>
+      <c r="D36" s="134"/>
+      <c r="E36" s="134"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A30:D30"/>
     <mergeCell ref="A33:E36"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{50C8E3B8-660A-456A-943C-0BEE66413239}">
-  <dimension ref="A1:E38"/>
+  <dimension ref="A1:E39"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="B24" sqref="B24:C25"/>
+    <sheetView topLeftCell="A18" workbookViewId="0">
+      <selection activeCell="E8" sqref="E8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="29.5703125" style="44" customWidth="1"/>
     <col min="5" max="5" width="12.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="136" t="s">
-[...5 lines deleted...]
-      <c r="E1" s="136"/>
+      <c r="A1" s="142" t="s">
+        <v>132</v>
+      </c>
+      <c r="B1" s="142"/>
+      <c r="C1" s="142"/>
+      <c r="D1" s="142"/>
+      <c r="E1" s="142"/>
     </row>
     <row r="2" spans="1:5" ht="30" x14ac:dyDescent="0.25">
       <c r="A2" s="63"/>
       <c r="B2" s="15" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="16" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="15" t="s">
         <v>91</v>
       </c>
       <c r="E2" s="15" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="13" t="s">
         <v>18</v>
       </c>
       <c r="B3" s="15"/>
       <c r="C3" s="16"/>
       <c r="D3" s="15"/>
       <c r="E3" s="24"/>
     </row>
@@ -8576,54 +8789,54 @@
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="21">
         <f>C4*D4</f>
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:5" ht="225" x14ac:dyDescent="0.25">
       <c r="A5" s="38" t="s">
         <v>84</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C5" s="1">
         <v>1</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="21">
         <f t="shared" ref="E5:E13" si="0">C5*D5</f>
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A6" s="38" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="B6" s="6" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="C6" s="8"/>
       <c r="D6" s="32"/>
       <c r="E6" s="21">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A7" s="38" t="s">
         <v>14</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>3</v>
       </c>
       <c r="C7" s="2">
         <v>1</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="21">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:5" ht="30" x14ac:dyDescent="0.25">
@@ -8737,51 +8950,51 @@
       </c>
       <c r="B15" s="1" t="s">
         <v>3</v>
       </c>
       <c r="C15" s="2">
         <v>1</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="21">
         <f>C15*D15</f>
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A16" s="39" t="s">
         <v>11</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>3</v>
       </c>
       <c r="C16" s="2">
         <v>1</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="21">
-        <f t="shared" ref="E16:E22" si="1">C16*D16</f>
+        <f t="shared" ref="E16:E23" si="1">C16*D16</f>
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:5" ht="30" x14ac:dyDescent="0.25">
       <c r="A17" s="39" t="s">
         <v>101</v>
       </c>
       <c r="B17" s="1" t="s">
         <v>3</v>
       </c>
       <c r="C17" s="2">
         <v>1</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="21">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="1:5" ht="30" x14ac:dyDescent="0.25">
       <c r="A18" s="39" t="s">
         <v>109</v>
       </c>
       <c r="B18" s="1" t="s">
         <v>3</v>
@@ -8821,267 +9034,283 @@
       <c r="C20" s="2">
         <v>1</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="21">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="1:5" ht="30" x14ac:dyDescent="0.25">
       <c r="A21" s="38" t="s">
         <v>105</v>
       </c>
       <c r="B21" s="1" t="s">
         <v>3</v>
       </c>
       <c r="C21" s="1">
         <v>1</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="21">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="22" spans="1:5" ht="90" x14ac:dyDescent="0.25">
-      <c r="A22" s="38" t="s">
+    <row r="22" spans="1:5" ht="30" x14ac:dyDescent="0.25">
+      <c r="A22" s="93" t="s">
+        <v>194</v>
+      </c>
+      <c r="B22" s="94" t="s">
+        <v>3</v>
+      </c>
+      <c r="C22" s="94">
+        <v>1</v>
+      </c>
+      <c r="D22" s="27"/>
+      <c r="E22" s="96">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="23" spans="1:5" ht="90" x14ac:dyDescent="0.25">
+      <c r="A23" s="38" t="s">
         <v>13</v>
       </c>
-      <c r="B22" s="1" t="s">
+      <c r="B23" s="1" t="s">
         <v>4</v>
       </c>
-      <c r="C22" s="1">
-[...3 lines deleted...]
-      <c r="E22" s="21">
+      <c r="C23" s="1">
+        <v>1</v>
+      </c>
+      <c r="D23" s="2"/>
+      <c r="E23" s="21">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
-    <row r="23" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A23" s="14" t="s">
+    <row r="24" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A24" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="B23" s="47"/>
-[...5 lines deleted...]
-      <c r="A24" s="38" t="s">
+      <c r="B24" s="47"/>
+      <c r="C24" s="47"/>
+      <c r="D24" s="29"/>
+      <c r="E24" s="24"/>
+    </row>
+    <row r="25" spans="1:5" ht="45" x14ac:dyDescent="0.25">
+      <c r="A25" s="38" t="s">
         <v>57</v>
       </c>
-      <c r="B24" s="93" t="s">
+      <c r="B25" s="1" t="s">
         <v>192</v>
       </c>
-      <c r="C24" s="8">
-[...15 lines deleted...]
-      <c r="C25" s="2">
+      <c r="C25" s="8">
         <v>1</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="21">
-        <f t="shared" ref="E25:E26" si="2">C25*D25</f>
+        <f>C25*D25</f>
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A26" s="62" t="s">
-        <v>7</v>
+      <c r="A26" s="38" t="s">
+        <v>5</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="C26" s="2"/>
+        <v>192</v>
+      </c>
+      <c r="C26" s="2">
+        <v>1</v>
+      </c>
       <c r="D26" s="2"/>
       <c r="E26" s="21">
+        <f t="shared" ref="E26:E27" si="2">C26*D26</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A27" s="62" t="s">
+        <v>7</v>
+      </c>
+      <c r="B27" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="C27" s="2"/>
+      <c r="D27" s="2"/>
+      <c r="E27" s="21">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
-    <row r="27" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A27" s="17" t="s">
+    <row r="28" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A28" s="17" t="s">
         <v>34</v>
       </c>
-      <c r="B27" s="23"/>
-[...18 lines deleted...]
-      </c>
+      <c r="B28" s="23"/>
+      <c r="C28" s="29"/>
+      <c r="D28" s="29"/>
+      <c r="E28" s="24"/>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A29" s="39" t="s">
-        <v>50</v>
+        <v>121</v>
       </c>
       <c r="B29" s="2" t="s">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="C29" s="2">
         <v>1</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="21">
-        <f t="shared" ref="E29:E31" si="3">C29*D29</f>
+        <f>C29*D29</f>
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A30" s="63" t="s">
-        <v>49</v>
+      <c r="A30" s="39" t="s">
+        <v>50</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C30" s="2">
         <v>1</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="21">
-        <f t="shared" si="3"/>
+        <f t="shared" ref="E30:E32" si="3">C30*D30</f>
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A31" s="63" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C31" s="2">
         <v>1</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="21">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A32" s="125" t="s">
+      <c r="A32" s="63" t="s">
+        <v>51</v>
+      </c>
+      <c r="B32" s="2" t="s">
+        <v>3</v>
+      </c>
+      <c r="C32" s="2">
+        <v>1</v>
+      </c>
+      <c r="D32" s="2"/>
+      <c r="E32" s="21">
+        <f t="shared" si="3"/>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A33" s="131" t="s">
         <v>20</v>
       </c>
-      <c r="B32" s="126"/>
-[...21 lines deleted...]
-      <c r="E36" s="128"/>
+      <c r="B33" s="132"/>
+      <c r="C33" s="132"/>
+      <c r="D33" s="133"/>
+      <c r="E33" s="24">
+        <f>SUM(E4:E13,E15:E23,E25:E27,E29:E32)</f>
+        <v>0</v>
+      </c>
+    </row>
+    <row r="36" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="134" t="s">
+        <v>119</v>
+      </c>
+      <c r="B36" s="134"/>
+      <c r="C36" s="134"/>
+      <c r="D36" s="134"/>
+      <c r="E36" s="134"/>
     </row>
     <row r="37" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A37" s="128"/>
-[...3 lines deleted...]
-      <c r="E37" s="128"/>
+      <c r="A37" s="134"/>
+      <c r="B37" s="134"/>
+      <c r="C37" s="134"/>
+      <c r="D37" s="134"/>
+      <c r="E37" s="134"/>
     </row>
     <row r="38" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A38" s="128"/>
-[...3 lines deleted...]
-      <c r="E38" s="128"/>
+      <c r="A38" s="134"/>
+      <c r="B38" s="134"/>
+      <c r="C38" s="134"/>
+      <c r="D38" s="134"/>
+      <c r="E38" s="134"/>
+    </row>
+    <row r="39" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A39" s="134"/>
+      <c r="B39" s="134"/>
+      <c r="C39" s="134"/>
+      <c r="D39" s="134"/>
+      <c r="E39" s="134"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:E1"/>
-    <mergeCell ref="A32:D32"/>
-    <mergeCell ref="A35:E38"/>
+    <mergeCell ref="A33:D33"/>
+    <mergeCell ref="A36:E39"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{EB288732-5136-4A07-A778-7E70B94A5DAD}">
   <dimension ref="A1:E36"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
+    <sheetView topLeftCell="A16" workbookViewId="0">
       <selection activeCell="B21" sqref="B21:C22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="25.5703125" style="44" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="136" t="s">
+      <c r="A1" s="142" t="s">
         <v>28</v>
       </c>
-      <c r="B1" s="136"/>
-[...2 lines deleted...]
-      <c r="E1" s="136"/>
+      <c r="B1" s="142"/>
+      <c r="C1" s="142"/>
+      <c r="D1" s="142"/>
+      <c r="E1" s="142"/>
     </row>
     <row r="2" spans="1:5" ht="30" x14ac:dyDescent="0.25">
       <c r="A2" s="63"/>
       <c r="B2" s="15" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="16" t="s">
         <v>1</v>
       </c>
       <c r="D2" s="15" t="s">
         <v>91</v>
       </c>
       <c r="E2" s="15" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="3" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="13" t="s">
         <v>18</v>
       </c>
       <c r="B3" s="15"/>
       <c r="C3" s="16"/>
       <c r="D3" s="15"/>
       <c r="E3" s="24"/>
     </row>
@@ -9097,54 +9326,54 @@
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="21">
         <f>C4*D4</f>
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:5" ht="270" x14ac:dyDescent="0.25">
       <c r="A5" s="38" t="s">
         <v>110</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C5" s="1">
         <v>1</v>
       </c>
       <c r="D5" s="2"/>
       <c r="E5" s="21">
         <f t="shared" ref="E5:E13" si="0">C5*D5</f>
         <v>0</v>
       </c>
     </row>
     <row r="6" spans="1:5" ht="30" x14ac:dyDescent="0.25">
       <c r="A6" s="38" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="B6" s="6" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="C6" s="8"/>
       <c r="D6" s="32"/>
       <c r="E6" s="21">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A7" s="38" t="s">
         <v>14</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>3</v>
       </c>
       <c r="C7" s="2">
         <v>1</v>
       </c>
       <c r="D7" s="2"/>
       <c r="E7" s="21">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:5" ht="45" x14ac:dyDescent="0.25">
@@ -9323,104 +9552,104 @@
       <c r="B19" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C19" s="1">
         <v>1</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="21">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A20" s="14" t="s">
         <v>21</v>
       </c>
       <c r="B20" s="47"/>
       <c r="C20" s="47"/>
       <c r="D20" s="29"/>
       <c r="E20" s="24"/>
     </row>
     <row r="21" spans="1:5" ht="45" x14ac:dyDescent="0.25">
       <c r="A21" s="38" t="s">
         <v>57</v>
       </c>
-      <c r="B21" s="93" t="s">
+      <c r="B21" s="1" t="s">
         <v>192</v>
       </c>
       <c r="C21" s="8">
         <v>1</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="21">
         <f>C21*D21</f>
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A22" s="38" t="s">
         <v>5</v>
       </c>
-      <c r="B22" s="93" t="s">
+      <c r="B22" s="1" t="s">
         <v>192</v>
       </c>
       <c r="C22" s="2">
         <v>1</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="21">
         <f t="shared" ref="E22:E23" si="2">C22*D22</f>
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A23" s="62" t="s">
         <v>7</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>8</v>
       </c>
       <c r="C23" s="2"/>
       <c r="D23" s="2"/>
       <c r="E23" s="21">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="1:5" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A24" s="17" t="s">
         <v>34</v>
       </c>
       <c r="B24" s="47"/>
       <c r="C24" s="29"/>
       <c r="D24" s="29"/>
       <c r="E24" s="24"/>
     </row>
     <row r="25" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A25" s="39" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="B25" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C25" s="1">
         <v>1</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="21">
         <f>C25*D25</f>
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:5" ht="30" x14ac:dyDescent="0.25">
       <c r="A26" s="39" t="s">
         <v>50</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C26" s="2">
         <v>1</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="21">
@@ -9439,124 +9668,138 @@
         <v>1</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="21">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A28" s="63" t="s">
         <v>72</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>3</v>
       </c>
       <c r="C28" s="2">
         <v>1</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="21">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A29" s="125" t="s">
+      <c r="A29" s="131" t="s">
         <v>20</v>
       </c>
-      <c r="B29" s="126"/>
-[...1 lines deleted...]
-      <c r="D29" s="127"/>
+      <c r="B29" s="132"/>
+      <c r="C29" s="132"/>
+      <c r="D29" s="133"/>
       <c r="E29" s="24">
         <f>SUM(E4:E13,E15:E19,E21:E23,E25:E28)</f>
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:5" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A33" s="128" t="s">
-[...5 lines deleted...]
-      <c r="E33" s="128"/>
+      <c r="A33" s="134" t="s">
+        <v>119</v>
+      </c>
+      <c r="B33" s="134"/>
+      <c r="C33" s="134"/>
+      <c r="D33" s="134"/>
+      <c r="E33" s="134"/>
     </row>
     <row r="34" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A34" s="128"/>
-[...3 lines deleted...]
-      <c r="E34" s="128"/>
+      <c r="A34" s="134"/>
+      <c r="B34" s="134"/>
+      <c r="C34" s="134"/>
+      <c r="D34" s="134"/>
+      <c r="E34" s="134"/>
     </row>
     <row r="35" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A35" s="128"/>
-[...3 lines deleted...]
-      <c r="E35" s="128"/>
+      <c r="A35" s="134"/>
+      <c r="B35" s="134"/>
+      <c r="C35" s="134"/>
+      <c r="D35" s="134"/>
+      <c r="E35" s="134"/>
     </row>
     <row r="36" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A36" s="128"/>
-[...3 lines deleted...]
-      <c r="E36" s="128"/>
+      <c r="A36" s="134"/>
+      <c r="B36" s="134"/>
+      <c r="C36" s="134"/>
+      <c r="D36" s="134"/>
+      <c r="E36" s="134"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A29:D29"/>
     <mergeCell ref="A33:E36"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="45e793ef-0031-4b09-a8ac-54742f93ccb1" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="e3444403-f3ee-4177-94fe-65e1cbd0c3f2">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <NegotiationNumber xmlns="e3444403-f3ee-4177-94fe-65e1cbd0c3f2">UNDP-MDA-00894,2</NegotiationNumber>
+    <DocumentCategory xmlns="e3444403-f3ee-4177-94fe-65e1cbd0c3f2">TO_SUPPLIER</DocumentCategory>
+    <FileClassificationMode xmlns="e3444403-f3ee-4177-94fe-65e1cbd0c3f2">Public</FileClassificationMode>
+    <FileNameDescription xmlns="e3444403-f3ee-4177-94fe-65e1cbd0c3f2" xsi:nil="true"/>
+    <OriginalFileName xmlns="e3444403-f3ee-4177-94fe-65e1cbd0c3f2">Revised FORM H_Price Schedule.xlsx</OriginalFileName>
+    <OriginalNegotiationId xmlns="e3444403-f3ee-4177-94fe-65e1cbd0c3f2">300003415070028</OriginalNegotiationId>
+    <_dlc_DocId xmlns="45e793ef-0031-4b09-a8ac-54742f93ccb1">UNDPPUBDOCS-2047177221-1581070</_dlc_DocId>
+    <_dlc_DocIdUrl xmlns="45e793ef-0031-4b09-a8ac-54742f93ccb1">
+      <Url>https://undp.sharepoint.com/sites/Docs-Public/_layouts/15/DocIdRedir.aspx?ID=UNDPPUBDOCS-2047177221-1581070</Url>
+      <Description>UNDPPUBDOCS-2047177221-1581070</Description>
+    </_dlc_DocIdUrl>
+    <Token xmlns="e3444403-f3ee-4177-94fe-65e1cbd0c3f2" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100703B488AC4D54D41969A52DC2C19756A" ma:contentTypeVersion="24" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="7199826a3e345ffce3a5ab9b7c326a7f">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="e3444403-f3ee-4177-94fe-65e1cbd0c3f2" xmlns:ns3="45e793ef-0031-4b09-a8ac-54742f93ccb1" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="44b4860a659856b7e0589ee268e709e9" ns2:_="" ns3:_="">
     <xsd:import namespace="e3444403-f3ee-4177-94fe-65e1cbd0c3f2"/>
     <xsd:import namespace="45e793ef-0031-4b09-a8ac-54742f93ccb1"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:OriginalNegotiationId" minOccurs="0"/>
                 <xsd:element ref="ns2:OriginalFileName" minOccurs="0"/>
                 <xsd:element ref="ns2:NegotiationNumber" minOccurs="0"/>
                 <xsd:element ref="ns2:FileNameDescription" minOccurs="0"/>
                 <xsd:element ref="ns2:FileClassificationMode" minOccurs="0"/>
                 <xsd:element ref="ns2:DocumentCategory" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:Token" minOccurs="0"/>
                 <xsd:element ref="ns3:_dlc_DocId" minOccurs="0"/>
@@ -9846,70 +10089,56 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...18 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10001</Type>
     <SequenceNumber>1000</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10002</Type>
     <SequenceNumber>1001</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
@@ -9919,82 +10148,80 @@
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10004</Type>
     <SequenceNumber>1002</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10006</Type>
     <SequenceNumber>1003</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0ED18152-991F-44CB-B5E3-5CD9A3F23041}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="cdc20d2c-2931-413b-ad06-1f0f54d2759b"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="cde74a6c-6be9-44df-a362-f8fbfead97bd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5A44033C-BF9E-4045-8162-FBF5111B5B01}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C6E256D8-21A2-40EF-9E66-39BBAAE46B27}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...21 lines deleted...]
-
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{72DC8A5C-2AE9-483F-B709-8F37EAFC879C}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2A91CADA-1ECF-4CD5-A280-3CF104C23A9A}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>17</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="18" baseType="lpstr">
@@ -10032,54 +10259,54 @@
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Veronica Lopotenco</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100703B488AC4D54D41969A52DC2C19756A</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="_dlc_DocIdItemGuid">
-    <vt:lpwstr>c5d6d449-431f-4569-a865-711817ff3576</vt:lpwstr>
+    <vt:lpwstr>1962c591-8942-4164-b9f7-d8c673258daa</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Order">
-    <vt:r8>157494900</vt:r8>
+    <vt:r8>158107000</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="xd_Signature">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="xd_ProgID">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="_SourceUrl">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="_SharedFileIndex">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="ComplianceAssetId">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="TemplateUrl">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="_ExtendedDescription">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="TriggerFlowInfo">
     <vt:lpwstr/>
   </property>